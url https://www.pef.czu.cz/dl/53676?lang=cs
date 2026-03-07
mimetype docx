--- v0 (2025-11-03)
+++ v1 (2026-03-07)
@@ -1,1240 +1,1285 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
-  <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w:rsidR="00877136" w:rsidRDefault="00877136">
+    <w:p w14:paraId="6D8DEBF2" w14:textId="77777777" w:rsidR="00877136" w:rsidRDefault="00877136">
       <w:pPr>
         <w:pStyle w:val="Nadpis3"/>
       </w:pPr>
-      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-      <w:bookmarkEnd w:id="0"/>
       <w:r>
         <w:t>žádost o povolení obhajoby disertační práce</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00877136" w:rsidRPr="00E03426" w:rsidRDefault="00877136">
+    <w:p w14:paraId="78A1A31D" w14:textId="77777777" w:rsidR="00877136" w:rsidRPr="00E03426" w:rsidRDefault="00877136">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00877136" w:rsidRDefault="00877136">
+    <w:p w14:paraId="6BFB87A5" w14:textId="77777777" w:rsidR="00877136" w:rsidRDefault="00877136">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t>Příjmení a jméno: ………………………………………………………………………………</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00877136" w:rsidRDefault="00877136">
-[...5 lines deleted...]
-        <w:t>Datum a místo narození: ……………………………………………………………………</w:t>
+    <w:p w14:paraId="2B8FA560" w14:textId="77777777" w:rsidR="00877136" w:rsidRDefault="00877136">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Datum a místo narození: …………………………………………………………………</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
-        <w:t>…..</w:t>
+        <w:t>…….</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-    </w:p>
-    <w:p w:rsidR="00877136" w:rsidRDefault="00877136">
+      <w:r>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="40C82506" w14:textId="77777777" w:rsidR="00877136" w:rsidRDefault="00877136">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">St. </w:t>
       </w:r>
       <w:r w:rsidR="00B60512">
         <w:t>p</w:t>
       </w:r>
       <w:r>
-        <w:t>říslušnost: ………………………</w:t>
+        <w:t>říslušnost: ……………………</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
-        <w:t>…..…</w:t>
+        <w:t>…….</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r>
-        <w:t>… národnost: …………………………………….</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="00877136" w:rsidRDefault="00877136">
+        <w:t>.…… národnost: …………………………………….</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="59412627" w14:textId="77777777" w:rsidR="00877136" w:rsidRDefault="00877136">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t>Bydliště (PSČ): …………………………………………………………………………………</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00877136" w:rsidRDefault="00E03426">
+    <w:p w14:paraId="3361913E" w14:textId="77777777" w:rsidR="00877136" w:rsidRDefault="00E03426">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Pracoviště, </w:t>
       </w:r>
       <w:r w:rsidRPr="00E03426">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>e-mail</w:t>
       </w:r>
       <w:r>
         <w:t>:</w:t>
       </w:r>
       <w:r w:rsidR="00877136">
         <w:t xml:space="preserve"> ………………………………………………………………………………</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00877136" w:rsidRDefault="00877136">
+    <w:p w14:paraId="410DC0A7" w14:textId="77777777" w:rsidR="00877136" w:rsidRDefault="00877136">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t>Zaměstnán (funkce): ……………………………………………………………………………</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00877136" w:rsidRDefault="00877136">
-[...5 lines deleted...]
-        <w:t>Vysokoškolské vzdělání: ……………………………………………………………………</w:t>
+    <w:p w14:paraId="47A4AB4C" w14:textId="77777777" w:rsidR="00877136" w:rsidRDefault="00877136">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Vysokoškolské vzdělání: …………………………………………………………………</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
-        <w:t>…..</w:t>
+        <w:t>…….</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-    </w:p>
-[...6 lines deleted...]
-        <w:t>Doktorandské studium od-do: ………………………………………………………………</w:t>
+      <w:r>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="134C5A47" w14:textId="77777777" w:rsidR="00877136" w:rsidRDefault="00877136">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Doktorandské studium od-do: ……………………………………………………………</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
-        <w:t>…..</w:t>
+        <w:t>…….</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-    </w:p>
-    <w:p w:rsidR="00877136" w:rsidRDefault="00877136">
+      <w:r>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="73301D32" w14:textId="77777777" w:rsidR="00877136" w:rsidRDefault="00877136">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t>Školitel: …………………………………………………………………………………………</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00934C5A" w:rsidRDefault="00934C5A" w:rsidP="00934C5A">
-[...5 lines deleted...]
-        <w:t>Vědní obor: …………………………………………………………………………………</w:t>
+    <w:p w14:paraId="17DD0B57" w14:textId="77777777" w:rsidR="00934C5A" w:rsidRDefault="00934C5A" w:rsidP="00934C5A">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Vědní obor: ………………………………………………………………………………</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
-        <w:t>…..</w:t>
+        <w:t>…….</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-    </w:p>
-    <w:p w:rsidR="00877136" w:rsidRDefault="00877136">
+      <w:r>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1608CBF8" w14:textId="77777777" w:rsidR="00877136" w:rsidRDefault="00877136">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Téma DP: </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000F2A05" w:rsidRDefault="000F2A05">
-[...5 lines deleted...]
-        <w:t>v češtině:</w:t>
+    <w:p w14:paraId="6A85A7E2" w14:textId="77777777" w:rsidR="000F2A05" w:rsidRDefault="000F2A05">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>v </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>češtině:</w:t>
       </w:r>
       <w:r w:rsidR="00877136">
-        <w:t>………………………………………………………………………………………</w:t>
-[...9 lines deleted...]
-      </w:r>
+        <w:t>…</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="00877136">
-        <w:t>……</w:t>
+        <w:t>……………………………………………………………………………………</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="24866B2F" w14:textId="77777777" w:rsidR="00877136" w:rsidRDefault="000F2A05">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>v angličtině: ……………………………………………………………………</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>…….</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="00877136">
-        <w:t>…...</w:t>
-[...9 lines deleted...]
-    <w:p w:rsidR="00877136" w:rsidRDefault="00877136">
+        <w:t>………...</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="53CABAFF" w14:textId="77777777" w:rsidR="00877136" w:rsidRDefault="00877136">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2374A912" w14:textId="77777777" w:rsidR="00877136" w:rsidRDefault="00877136">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t>Připojuji doklady:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00877136" w:rsidRDefault="00B60512">
+    <w:p w14:paraId="4D86E89C" w14:textId="77777777" w:rsidR="00877136" w:rsidRDefault="00B60512">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Odborný </w:t>
       </w:r>
       <w:r w:rsidR="00877136">
         <w:t>životopis</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B60512" w:rsidRPr="004C4AE0" w:rsidRDefault="00877136">
+    <w:p w14:paraId="4B96970A" w14:textId="77777777" w:rsidR="00B60512" w:rsidRPr="004C4AE0" w:rsidRDefault="00877136">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="004C4AE0">
         <w:t xml:space="preserve">Seznam </w:t>
       </w:r>
       <w:r w:rsidR="00B60512" w:rsidRPr="004C4AE0">
         <w:t>dosud publikovaných prací</w:t>
       </w:r>
       <w:r w:rsidR="00BE3E8C" w:rsidRPr="004C4AE0">
         <w:t>: vědecké publikace s IF, vědecké publikace bez IF (musí být minimálně</w:t>
       </w:r>
       <w:r w:rsidR="004C4AE0">
         <w:t xml:space="preserve"> 1</w:t>
       </w:r>
       <w:r w:rsidR="00BE3E8C" w:rsidRPr="004C4AE0">
         <w:t>), odborné publikace, knižní publikace, konference, ostatní</w:t>
       </w:r>
       <w:r w:rsidR="00C55BC3" w:rsidRPr="004C4AE0">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004C4AE0" w:rsidRPr="004C4AE0" w:rsidRDefault="004C4AE0" w:rsidP="004C4AE0">
+    <w:p w14:paraId="6B2D49D3" w14:textId="7BEBF0D2" w:rsidR="004C4AE0" w:rsidRPr="004C4AE0" w:rsidRDefault="004C4AE0" w:rsidP="004C4AE0">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:i/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004C4AE0">
         <w:rPr>
           <w:b/>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve">Alespoň jedna publikace uveřejněná nebo přijatá k uveřejnění v časopise databáze Web </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="004C4AE0">
         <w:rPr>
           <w:b/>
           <w:i/>
         </w:rPr>
         <w:t>of</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="004C4AE0">
         <w:rPr>
           <w:b/>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:r w:rsidR="00930C9D">
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+        </w:rPr>
+        <w:t>Science</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004C4AE0">
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve"> s přiděleným </w:t>
+      </w:r>
+      <w:r w:rsidR="00930C9D">
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve">nenulovým </w:t>
+      </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="004C4AE0">
         <w:rPr>
           <w:b/>
           <w:i/>
         </w:rPr>
-        <w:t>Knowledge</w:t>
+        <w:t>Impact</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="004C4AE0">
         <w:rPr>
           <w:b/>
           <w:i/>
         </w:rPr>
-        <w:t xml:space="preserve"> s přiděleným </w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="004C4AE0">
         <w:rPr>
           <w:b/>
           <w:i/>
         </w:rPr>
-        <w:t>Impact</w:t>
+        <w:t>factor</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="004C4AE0">
         <w:rPr>
           <w:b/>
           <w:i/>
         </w:rPr>
+        <w:t xml:space="preserve"> indexem (dále jen „IF“) musí obsahovat původní výsledky disertační práce. Alespoň na jedné této publikaci musí být student na prvním místě v autorském kolektivu. </w:t>
+      </w:r>
+      <w:r w:rsidR="00765FF0" w:rsidRPr="00765FF0">
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+        </w:rPr>
+        <w:t>Na studenty DSP zapsané před 1.</w:t>
+      </w:r>
+      <w:r w:rsidR="00765FF0">
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00765FF0" w:rsidRPr="00765FF0">
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve">3. 2025 se nevztahuje možnost obhajoby s výsledky RUV dle čl. 11 odst. 1, pro obhajobu lze uplatnit </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00765FF0" w:rsidRPr="00765FF0">
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+        </w:rPr>
+        <w:t>prvoautorskou</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00765FF0" w:rsidRPr="00765FF0">
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve"> publikaci v databázi </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00765FF0" w:rsidRPr="00765FF0">
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+        </w:rPr>
+        <w:t>Scopus</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00765FF0" w:rsidRPr="00765FF0">
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve"> s přiděleným nenulovým SJR (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00765FF0" w:rsidRPr="00765FF0">
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+        </w:rPr>
+        <w:t>Scientific</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00765FF0" w:rsidRPr="00765FF0">
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="004C4AE0">
+      <w:r w:rsidR="00765FF0" w:rsidRPr="00765FF0">
         <w:rPr>
           <w:b/>
           <w:i/>
         </w:rPr>
-        <w:t>factor</w:t>
+        <w:t>Journal</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="004C4AE0">
+      <w:r w:rsidR="00765FF0" w:rsidRPr="00765FF0">
         <w:rPr>
           <w:b/>
           <w:i/>
         </w:rPr>
-        <w:t xml:space="preserve"> indexem (dále jen „IF“) nebo v časopise databáze SCOPUS s přiděleným </w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="004C4AE0">
+      <w:r w:rsidR="00765FF0" w:rsidRPr="00765FF0">
         <w:rPr>
           <w:b/>
           <w:i/>
         </w:rPr>
-        <w:t>Scientific</w:t>
+        <w:t>Ranking</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="004C4AE0">
+      <w:r w:rsidR="00765FF0" w:rsidRPr="00765FF0">
         <w:rPr>
           <w:b/>
           <w:i/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...34 lines deleted...]
-    <w:p w:rsidR="00C55BC3" w:rsidRDefault="00C55BC3">
+        <w:t>) indexem v roce vydání publikace.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="437612C5" w14:textId="77777777" w:rsidR="00C55BC3" w:rsidRDefault="00C55BC3">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Separát alespoň jedné </w:t>
       </w:r>
       <w:r w:rsidR="008B09A1">
         <w:t>z</w:t>
       </w:r>
       <w:r w:rsidR="007517C2">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="008B09A1">
         <w:t>publikací</w:t>
       </w:r>
       <w:r w:rsidR="007517C2">
         <w:t>, která dokladuje splnění publikační povinnosti</w:t>
       </w:r>
       <w:r>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00877136" w:rsidRDefault="00E03426" w:rsidP="00E03426">
+    <w:p w14:paraId="23BAF7CB" w14:textId="77777777" w:rsidR="00877136" w:rsidRDefault="00E03426" w:rsidP="00E03426">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t>Disertační práce –</w:t>
       </w:r>
       <w:r w:rsidR="00877136">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="000F1A36">
         <w:t>3</w:t>
       </w:r>
       <w:r w:rsidR="00877136">
         <w:t>x (česky, případně anglicky)</w:t>
       </w:r>
       <w:r w:rsidR="00C55BC3">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E03426" w:rsidRDefault="00E03426">
+    <w:p w14:paraId="56C0F39F" w14:textId="77777777" w:rsidR="00E03426" w:rsidRDefault="00E03426">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t>Elektronická verze DP</w:t>
       </w:r>
       <w:r w:rsidR="000F1A36">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00877136" w:rsidRDefault="00B60512" w:rsidP="000F2A05">
+    <w:p w14:paraId="434F028A" w14:textId="77777777" w:rsidR="00877136" w:rsidRDefault="00B60512" w:rsidP="000F2A05">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t>Zápis o projednání disertační práce</w:t>
       </w:r>
       <w:r w:rsidR="00877136">
         <w:t xml:space="preserve"> na školícím pracovišti</w:t>
       </w:r>
       <w:r w:rsidR="00BE3E8C">
         <w:t xml:space="preserve"> s jasným vyjádřením, že práce obsahuje (neobsahuje) původní a v recenzovaném vědeckém časopise uveřejněné výsledky nebo výsledky přijaté k uveřejnění (s příslušným potvrzením z redakce).</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00872D85" w:rsidRDefault="00872D85">
-[...28 lines deleted...]
-    <w:p w:rsidR="00877136" w:rsidRDefault="00877136">
+    <w:p w14:paraId="49213190" w14:textId="77777777" w:rsidR="00872D85" w:rsidRDefault="00872D85">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="19773B74" w14:textId="77777777" w:rsidR="00877136" w:rsidRDefault="00877136">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Datum: ……………………….   Podpis………………………………………………………</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7950710E" w14:textId="77777777" w:rsidR="00877136" w:rsidRDefault="00877136">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>1) Náležitosti disertační práce</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00877136" w:rsidRDefault="00877136">
-[...4 lines deleted...]
-    <w:p w:rsidR="00FB131B" w:rsidRDefault="00FB131B">
+    <w:p w14:paraId="1E0E1C2D" w14:textId="77777777" w:rsidR="00877136" w:rsidRDefault="00877136">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1E5BA804" w14:textId="77777777" w:rsidR="00FB131B" w:rsidRDefault="00FB131B">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">V disertační práci student předkládá výsledky vědecké práce, které získal v průběhu studia v DSP. </w:t>
       </w:r>
       <w:r w:rsidRPr="00BE3E8C">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Disertační práce musí obsahovat původní a v recenzovaném vědeckém časopise uveřejněné výsledky nebo výsledky přijaté k uveřejnění</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> a má obvykle následující strukturu:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D60801" w:rsidRDefault="00D60801">
-[...4 lines deleted...]
-    <w:p w:rsidR="00FB131B" w:rsidRDefault="00FB131B" w:rsidP="00B5163B">
+    <w:p w14:paraId="3D4967BD" w14:textId="77777777" w:rsidR="00D60801" w:rsidRDefault="00D60801">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="441D7FAC" w14:textId="77777777" w:rsidR="00FB131B" w:rsidRDefault="00FB131B" w:rsidP="00B5163B">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t>a)</w:t>
       </w:r>
       <w:r w:rsidR="00D60801">
         <w:t xml:space="preserve"> přehled o současném stavu problematiky, která je předmětem DP, a odborné literatury, jež se zabývá zkoumanými otázkami,</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D60801" w:rsidRDefault="00D60801" w:rsidP="00B5163B">
-[...16 lines deleted...]
-    <w:p w:rsidR="00D60801" w:rsidRDefault="00D60801" w:rsidP="00B5163B">
+    <w:p w14:paraId="3AB7C44C" w14:textId="77777777" w:rsidR="00D60801" w:rsidRDefault="00D60801" w:rsidP="00B5163B">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>b) cíl(e) disertační práce,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="36F27725" w14:textId="77777777" w:rsidR="00D60801" w:rsidRDefault="00D60801" w:rsidP="00B5163B">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t>c) zvolené metody zpracování,</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D60801" w:rsidRDefault="00D60801" w:rsidP="00B5163B">
+    <w:p w14:paraId="0ED190A0" w14:textId="77777777" w:rsidR="00D60801" w:rsidRDefault="00D60801" w:rsidP="00B5163B">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">d) výsledky disertační práce s uvedením nových poznatků, </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D60801" w:rsidRDefault="00D60801" w:rsidP="00B5163B">
+    <w:p w14:paraId="18A5F6DC" w14:textId="77777777" w:rsidR="00D60801" w:rsidRDefault="00D60801" w:rsidP="00B5163B">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t>e) závěry a doporučení pro využití poznatků v praxi nebo pro další rozvoj vědního oboru,</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D60801" w:rsidRDefault="00D60801" w:rsidP="00B5163B">
+    <w:p w14:paraId="31FC1A42" w14:textId="77777777" w:rsidR="00D60801" w:rsidRDefault="00D60801" w:rsidP="00B5163B">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t>f) seznam odborné literatury.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00FB131B" w:rsidRDefault="00FB131B" w:rsidP="00B5163B">
-[...5 lines deleted...]
-    <w:p w:rsidR="00877136" w:rsidRDefault="00877136" w:rsidP="006F5AED">
+    <w:p w14:paraId="2F8822A1" w14:textId="77777777" w:rsidR="00FB131B" w:rsidRDefault="00FB131B" w:rsidP="00B5163B">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="14A54D5D" w14:textId="77777777" w:rsidR="00877136" w:rsidRDefault="00877136" w:rsidP="006F5AED">
       <w:pPr>
         <w:pStyle w:val="Zkladntext"/>
       </w:pPr>
       <w:r>
         <w:t>Rozsah disertace (řádkování 1,5</w:t>
       </w:r>
       <w:r w:rsidR="007D2360">
-        <w:t xml:space="preserve">, písmo </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> New Roman, vel. 12</w:t>
+        <w:t>, písmo Times New Roman, vel. 12</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">) </w:t>
       </w:r>
       <w:r w:rsidR="00103E7D">
         <w:t xml:space="preserve">cca </w:t>
       </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="009F58D2">
         <w:t xml:space="preserve">120 - </w:t>
       </w:r>
       <w:r w:rsidR="001B7032">
         <w:t>150</w:t>
       </w:r>
+      <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:t xml:space="preserve"> stran</w:t>
       </w:r>
       <w:r w:rsidR="00802A65">
         <w:t xml:space="preserve">, jednostranně. </w:t>
       </w:r>
       <w:r>
         <w:t>Kresby, schémata, seznam literatury a jiné přílohy se do počtu stran disertace nezahrnují. Disertace musí být pevně svázána.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006F5AED" w:rsidRDefault="006F5AED" w:rsidP="006F5AED">
+    <w:p w14:paraId="24959837" w14:textId="77777777" w:rsidR="006F5AED" w:rsidRDefault="006F5AED" w:rsidP="006F5AED">
       <w:pPr>
         <w:pStyle w:val="Zkladntext"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:t>Do DP se neuvádějí žádná prohlášení (např. o samostatném vypracování apod.).</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00934C5A" w:rsidRDefault="00934C5A">
+    <w:p w14:paraId="19FD4EFF" w14:textId="77777777" w:rsidR="00934C5A" w:rsidRDefault="00934C5A">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00660CAF" w:rsidRDefault="00660CAF">
-[...124 lines deleted...]
-    <w:p w:rsidR="00F15DEE" w:rsidRDefault="00F15DEE" w:rsidP="00F15DEE">
+    <w:p w14:paraId="25CC5E63" w14:textId="77777777" w:rsidR="00660CAF" w:rsidRDefault="00660CAF">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2C4DB5F6" w14:textId="77777777" w:rsidR="00660CAF" w:rsidRDefault="00660CAF">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3C4A6879" w14:textId="77777777" w:rsidR="00660CAF" w:rsidRDefault="00660CAF">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0D96B616" w14:textId="77777777" w:rsidR="00660CAF" w:rsidRDefault="00660CAF">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="69D43272" w14:textId="77777777" w:rsidR="00660CAF" w:rsidRDefault="00660CAF">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0CA0320F" w14:textId="77777777" w:rsidR="00660CAF" w:rsidRDefault="00660CAF">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="78AD197A" w14:textId="77777777" w:rsidR="00F15DEE" w:rsidRDefault="00F15DEE">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="23B747B8" w14:textId="77777777" w:rsidR="00F15DEE" w:rsidRDefault="00F15DEE">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="494734FC" w14:textId="77777777" w:rsidR="00934C5A" w:rsidRDefault="00934C5A">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4BC88AE7" w14:textId="77777777" w:rsidR="00934C5A" w:rsidRDefault="00934C5A">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="67859436" w14:textId="77777777" w:rsidR="00934C5A" w:rsidRDefault="00934C5A">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0A93C2B9" w14:textId="77777777" w:rsidR="00934C5A" w:rsidRDefault="00934C5A">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="61A1E449" w14:textId="77777777" w:rsidR="00F15DEE" w:rsidRDefault="00F15DEE">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1ABF9D63" w14:textId="77777777" w:rsidR="00134CF8" w:rsidRDefault="00134CF8">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4405A2C6" w14:textId="77777777" w:rsidR="00134CF8" w:rsidRDefault="00134CF8">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="27426E88" w14:textId="77777777" w:rsidR="00134CF8" w:rsidRDefault="00134CF8">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3A9720C3" w14:textId="77777777" w:rsidR="00134CF8" w:rsidRDefault="00134CF8">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="52D0AC02" w14:textId="77777777" w:rsidR="00134CF8" w:rsidRDefault="00134CF8">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2A63BA65" w14:textId="77777777" w:rsidR="00134CF8" w:rsidRDefault="00134CF8">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4EF27D39" w14:textId="77777777" w:rsidR="00134CF8" w:rsidRDefault="00134CF8">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="47BAC6F4" w14:textId="77777777" w:rsidR="00134CF8" w:rsidRDefault="00134CF8">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="636F50E9" w14:textId="77777777" w:rsidR="00134CF8" w:rsidRDefault="00134CF8">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="407FE56B" w14:textId="77777777" w:rsidR="00134CF8" w:rsidRDefault="00134CF8">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="05910D7F" w14:textId="77777777" w:rsidR="00134CF8" w:rsidRDefault="00134CF8">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="28BF6986" w14:textId="77777777" w:rsidR="00F15DEE" w:rsidRDefault="00F15DEE">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="52400FD9" w14:textId="77777777" w:rsidR="00F15DEE" w:rsidRDefault="00F15DEE" w:rsidP="00F15DEE">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:caps/>
           <w:sz w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:caps/>
           <w:sz w:val="32"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Česká zemědělská univerzita v Praze</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F15DEE" w:rsidRDefault="00F15DEE" w:rsidP="00F15DEE">
+    <w:p w14:paraId="7EACCD52" w14:textId="77777777" w:rsidR="00F15DEE" w:rsidRDefault="00F15DEE" w:rsidP="00F15DEE">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:caps/>
           <w:sz w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:caps/>
           <w:sz w:val="32"/>
         </w:rPr>
         <w:t>Provozně ekonomická fakulta</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F15DEE" w:rsidRDefault="00F15DEE" w:rsidP="00F15DEE">
+    <w:p w14:paraId="464DCCA8" w14:textId="77777777" w:rsidR="00F15DEE" w:rsidRDefault="00F15DEE" w:rsidP="00F15DEE">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:caps/>
           <w:sz w:val="32"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00F15DEE" w:rsidRDefault="00F15DEE" w:rsidP="00F15DEE">
+    <w:p w14:paraId="31B12B43" w14:textId="77777777" w:rsidR="00F15DEE" w:rsidRDefault="00F15DEE" w:rsidP="00F15DEE">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:caps/>
           <w:sz w:val="32"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00F15DEE" w:rsidRDefault="00F15DEE" w:rsidP="00F15DEE">
+    <w:p w14:paraId="74D58832" w14:textId="77777777" w:rsidR="00F15DEE" w:rsidRDefault="00F15DEE" w:rsidP="00F15DEE">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:caps/>
           <w:sz w:val="32"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00F15DEE" w:rsidRDefault="00F15DEE" w:rsidP="00F15DEE">
+    <w:p w14:paraId="3ED6E4B8" w14:textId="77777777" w:rsidR="00F15DEE" w:rsidRDefault="00F15DEE" w:rsidP="00F15DEE">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:caps/>
           <w:sz w:val="32"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00F15DEE" w:rsidRDefault="00F15DEE" w:rsidP="00F15DEE">
+    <w:p w14:paraId="551138BD" w14:textId="77777777" w:rsidR="00F15DEE" w:rsidRDefault="00F15DEE" w:rsidP="00F15DEE">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="32"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00F15DEE" w:rsidRDefault="00F15DEE" w:rsidP="00F15DEE">
+    <w:p w14:paraId="10BA98F5" w14:textId="77777777" w:rsidR="00F15DEE" w:rsidRDefault="00F15DEE" w:rsidP="00F15DEE">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:t>(název)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F15DEE" w:rsidRDefault="00F15DEE" w:rsidP="00F15DEE">
+    <w:p w14:paraId="618AB0DD" w14:textId="77777777" w:rsidR="00F15DEE" w:rsidRDefault="00F15DEE" w:rsidP="00F15DEE">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:t>………………………………………………………………………………..………………….</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F15DEE" w:rsidRDefault="00F15DEE" w:rsidP="00F15DEE">
+    <w:p w14:paraId="20B00187" w14:textId="77777777" w:rsidR="00F15DEE" w:rsidRDefault="00F15DEE" w:rsidP="00F15DEE">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:t>disertační práce</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F15DEE" w:rsidRDefault="00F15DEE" w:rsidP="00F15DEE">
+    <w:p w14:paraId="1B375975" w14:textId="77777777" w:rsidR="00F15DEE" w:rsidRDefault="00F15DEE" w:rsidP="00F15DEE">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00F15DEE" w:rsidRDefault="00F15DEE" w:rsidP="00F15DEE">
+    <w:p w14:paraId="356FA6EF" w14:textId="77777777" w:rsidR="00F15DEE" w:rsidRDefault="00F15DEE" w:rsidP="00F15DEE">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00F15DEE" w:rsidRDefault="00F15DEE" w:rsidP="00F15DEE">
+    <w:p w14:paraId="1763F8F7" w14:textId="77777777" w:rsidR="00F15DEE" w:rsidRDefault="00F15DEE" w:rsidP="00F15DEE">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00F15DEE" w:rsidRDefault="00F15DEE" w:rsidP="00F15DEE">
+    <w:p w14:paraId="7152E2E9" w14:textId="77777777" w:rsidR="00F15DEE" w:rsidRDefault="00F15DEE" w:rsidP="00F15DEE">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00F15DEE" w:rsidRDefault="00F15DEE" w:rsidP="00F15DEE">
+    <w:p w14:paraId="13D7F3EB" w14:textId="77777777" w:rsidR="00F15DEE" w:rsidRDefault="00F15DEE" w:rsidP="00F15DEE">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00F15DEE" w:rsidRDefault="00F15DEE" w:rsidP="00F15DEE">
+    <w:p w14:paraId="5EB527CE" w14:textId="77777777" w:rsidR="00F15DEE" w:rsidRDefault="00F15DEE" w:rsidP="00F15DEE">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00F15DEE" w:rsidRDefault="00F15DEE" w:rsidP="00F15DEE">
+    <w:p w14:paraId="66C4F4D5" w14:textId="77777777" w:rsidR="00F15DEE" w:rsidRDefault="00F15DEE" w:rsidP="00F15DEE">
       <w:pPr>
         <w:pStyle w:val="Zkladntext"/>
         <w:rPr>
           <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Autor:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:tab/>
         <w:t>(titul, jméno a příjmení)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F15DEE" w:rsidRDefault="00F15DEE" w:rsidP="00F15DEE">
+    <w:p w14:paraId="2CF177E8" w14:textId="77777777" w:rsidR="00F15DEE" w:rsidRDefault="00F15DEE" w:rsidP="00F15DEE">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Školitel:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:tab/>
         <w:t>(titul, jméno a příjmení, katedra)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F15DEE" w:rsidRDefault="00F15DEE" w:rsidP="00F15DEE">
-[...89 lines deleted...]
-    <w:p w:rsidR="00F15DEE" w:rsidRDefault="00934C5A" w:rsidP="00F15DEE">
+    <w:p w14:paraId="4691C1AB" w14:textId="77777777" w:rsidR="00F15DEE" w:rsidRDefault="00F15DEE" w:rsidP="00F15DEE">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="60BF9469" w14:textId="77777777" w:rsidR="00F15DEE" w:rsidRDefault="00F15DEE" w:rsidP="00F15DEE">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="30AD7170" w14:textId="77777777" w:rsidR="00F15DEE" w:rsidRDefault="00F15DEE" w:rsidP="00F15DEE">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="08E5A1BE" w14:textId="77777777" w:rsidR="00F15DEE" w:rsidRDefault="00F15DEE" w:rsidP="00F15DEE">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6C7AB782" w14:textId="77777777" w:rsidR="00F15DEE" w:rsidRDefault="00F15DEE" w:rsidP="00F15DEE">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3ADEECFD" w14:textId="77777777" w:rsidR="00F15DEE" w:rsidRDefault="00F15DEE" w:rsidP="00F15DEE">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="15367C01" w14:textId="77777777" w:rsidR="00F15DEE" w:rsidRDefault="00F15DEE" w:rsidP="00F15DEE">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="664000E3" w14:textId="77777777" w:rsidR="00F15DEE" w:rsidRDefault="00F15DEE" w:rsidP="00F15DEE">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="406EEC17" w14:textId="77777777" w:rsidR="00F15DEE" w:rsidRDefault="00F15DEE" w:rsidP="00F15DEE">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7A641035" w14:textId="77777777" w:rsidR="005E28C1" w:rsidRDefault="005E28C1" w:rsidP="00F15DEE">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6BCEC9FF" w14:textId="77777777" w:rsidR="00F15DEE" w:rsidRDefault="00934C5A" w:rsidP="00F15DEE">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Praha </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>20..</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:sectPr w:rsidR="00F15DEE" w:rsidSect="00872D85">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="1418" w:bottom="1418" w:left="1418" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
-    <w:charset w:val="EE"/>
+    <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Cambria">
+    <w:panose1 w:val="02040503050406030204"/>
+    <w:charset w:val="EE"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
-[...6 lines deleted...]
-    <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
-  <w:abstractNum w:abstractNumId="0">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="2CD40B32"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="D540771E"/>
     <w:lvl w:ilvl="0" w:tplc="0405000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="32AC488A">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -1309,315 +1354,544 @@
     <w:lvl w:ilvl="7" w:tplc="04050019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0405001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1">
+  <w:num w:numId="1" w16cid:durableId="2076582351">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
-  <w:zoom w:percent="100"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:embedSystemFonts/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
-  <w:doNotTrackMoves/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
-    <w:doNotBreakWrappedTables/>
-[...20 lines deleted...]
-    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="11"/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
+    <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00B60512"/>
     <w:rsid w:val="00096594"/>
     <w:rsid w:val="000D549F"/>
     <w:rsid w:val="000F1A36"/>
     <w:rsid w:val="000F2A05"/>
     <w:rsid w:val="00103E7D"/>
+    <w:rsid w:val="00105C3F"/>
     <w:rsid w:val="00134CF8"/>
     <w:rsid w:val="001B7032"/>
     <w:rsid w:val="002B3431"/>
     <w:rsid w:val="002B6642"/>
     <w:rsid w:val="002D1E81"/>
+    <w:rsid w:val="003738AE"/>
     <w:rsid w:val="003A2C50"/>
     <w:rsid w:val="003C3DAF"/>
     <w:rsid w:val="003F13F6"/>
     <w:rsid w:val="00451598"/>
     <w:rsid w:val="004C4AE0"/>
     <w:rsid w:val="00517BAE"/>
     <w:rsid w:val="005D2CFD"/>
     <w:rsid w:val="005E28C1"/>
     <w:rsid w:val="006448A8"/>
     <w:rsid w:val="00660CAF"/>
+    <w:rsid w:val="00664522"/>
     <w:rsid w:val="006D08FA"/>
     <w:rsid w:val="006F5AED"/>
     <w:rsid w:val="00723947"/>
     <w:rsid w:val="007517C2"/>
+    <w:rsid w:val="00765FF0"/>
     <w:rsid w:val="007B1FC2"/>
+    <w:rsid w:val="007C37C5"/>
     <w:rsid w:val="007D2360"/>
     <w:rsid w:val="00802A65"/>
     <w:rsid w:val="00824064"/>
     <w:rsid w:val="008474F4"/>
     <w:rsid w:val="00872D85"/>
     <w:rsid w:val="00877136"/>
     <w:rsid w:val="008B09A1"/>
+    <w:rsid w:val="008E176A"/>
     <w:rsid w:val="008F0F66"/>
+    <w:rsid w:val="00930C9D"/>
     <w:rsid w:val="00934C5A"/>
     <w:rsid w:val="009A488A"/>
     <w:rsid w:val="009F58D2"/>
     <w:rsid w:val="00AA1191"/>
+    <w:rsid w:val="00B501A7"/>
     <w:rsid w:val="00B5163B"/>
     <w:rsid w:val="00B60512"/>
     <w:rsid w:val="00B80729"/>
     <w:rsid w:val="00BE3E8C"/>
     <w:rsid w:val="00C55BC3"/>
     <w:rsid w:val="00D60801"/>
     <w:rsid w:val="00DA29C8"/>
     <w:rsid w:val="00E03426"/>
     <w:rsid w:val="00F15DEE"/>
+    <w:rsid w:val="00FA1470"/>
     <w:rsid w:val="00FB131B"/>
     <w:rsid w:val="00FB1683"/>
     <w:rsid w:val="00FC42D7"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="cs-CZ"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
+  <w14:docId w14:val="1A4BD440"/>
+  <w15:docId w15:val="{906FFDFB-E3B2-4519-929B-36B4BAA12844}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="cs-CZ" w:eastAsia="cs-CZ" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
-[...132 lines deleted...]
-    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
+    <w:lsdException w:name="Normal" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="caption" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Title" w:qFormat="1"/>
+    <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Subtitle" w:qFormat="1"/>
+    <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Strong" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:qFormat="1"/>
+    <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Placeholder Text" w:semiHidden="1" w:uiPriority="99"/>
+    <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
+    <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Revision" w:semiHidden="1" w:uiPriority="99"/>
+    <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
+    <w:lsdException w:name="Quote" w:uiPriority="29" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Quote" w:uiPriority="30" w:qFormat="1"/>
+    <w:lsdException w:name="Medium List 2 Accent 1" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 1" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 1" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 1" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 1" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 1" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 1" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 2" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 2" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 2" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 2" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 2" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 2" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 2" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 2" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 2" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 2" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 2" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 3" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 3" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 3" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 3" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 3" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 3" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 3" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 3" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 3" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 3" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 3" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 3" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 3" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 4" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 4" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 4" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 4" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 4" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 4" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 4" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 4" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 4" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 4" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 4" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 4" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 4" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 4" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 5" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 5" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 5" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 5" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 5" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 5" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 5" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 5" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 5" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 5" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 5" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 5" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 5" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 5" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 6" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
+    <w:lsdException w:name="Subtle Emphasis" w:uiPriority="19" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:uiPriority="21" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Reference" w:uiPriority="31" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Reference" w:uiPriority="32" w:qFormat="1"/>
+    <w:lsdException w:name="Book Title" w:uiPriority="33" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:semiHidden="1" w:uiPriority="37" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Plain Table 1" w:uiPriority="41"/>
+    <w:lsdException w:name="Plain Table 2" w:uiPriority="42"/>
+    <w:lsdException w:name="Plain Table 3" w:uiPriority="43"/>
+    <w:lsdException w:name="Plain Table 4" w:uiPriority="44"/>
+    <w:lsdException w:name="Plain Table 5" w:uiPriority="45"/>
+    <w:lsdException w:name="Grid Table Light" w:uiPriority="40"/>
+    <w:lsdException w:name="Grid Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normln">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="006448A8"/>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Nadpis1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normln"/>
     <w:next w:val="Normln"/>
     <w:qFormat/>
     <w:rsid w:val="006448A8"/>
     <w:pPr>
       <w:keepNext/>
       <w:spacing w:line="360" w:lineRule="auto"/>
       <w:jc w:val="center"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:bCs/>
@@ -1691,250 +1965,60 @@
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Zkladntext">
     <w:name w:val="Body Text"/>
     <w:basedOn w:val="Normln"/>
     <w:rsid w:val="006448A8"/>
     <w:pPr>
       <w:spacing w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Textbubliny">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="Normln"/>
     <w:semiHidden/>
     <w:rsid w:val="00FC42D7"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/stylesWithEffects.xml><?xml version="1.0" encoding="utf-8"?>
-[...188 lines deleted...]
-
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Motiv sady Office">
   <a:themeElements>
     <a:clrScheme name="Kancelář">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -2180,68 +2264,68 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>3</Pages>
-[...1 lines deleted...]
-  <Characters>2509</Characters>
+  <Pages>1</Pages>
+  <Words>449</Words>
+  <Characters>2654</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>20</Lines>
-  <Paragraphs>5</Paragraphs>
+  <Lines>22</Lines>
+  <Paragraphs>6</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Název</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>ČESKÁ ZEMĚDĚLSKÁ UNIVERZITA V PRAZE</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2929</CharactersWithSpaces>
+  <CharactersWithSpaces>3097</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>ČESKÁ ZEMĚDĚLSKÁ UNIVERZITA V PRAZE</dc:title>
   <dc:creator>pef</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>