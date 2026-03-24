--- v0 (2025-10-05)
+++ v1 (2026-03-24)
@@ -200,51 +200,51 @@
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rStyle w:val="jlqj4b"/>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:lang w:val="en"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="jlqj4b"/>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t>General topic of the dissertation:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="14B48E22" w14:textId="77777777" w:rsidR="00613BB2" w:rsidRDefault="00613BB2" w:rsidP="00613BB2">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6DBD77B4" w14:textId="642CF3FB" w:rsidR="00613BB2" w:rsidRDefault="00613BB2" w:rsidP="00613BB2">
+    <w:p w14:paraId="6DBD77B4" w14:textId="4EA002B5" w:rsidR="00613BB2" w:rsidRDefault="00613BB2" w:rsidP="00613BB2">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Written</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
@@ -350,79 +350,91 @@
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> A4</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>deadline</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
-        <w:t xml:space="preserve"> - </w:t>
-[...1 lines deleted...]
-      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00653135">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>–</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00653135">
         <w:rPr>
           <w:rStyle w:val="Siln"/>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
-        <w:t>May 1</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00D74AA1">
+        <w:t xml:space="preserve">15 </w:t>
+      </w:r>
+      <w:r w:rsidR="00653135">
         <w:rPr>
           <w:rStyle w:val="Siln"/>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
+        <w:t>May</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Siln"/>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>, 202</w:t>
+      </w:r>
+      <w:r w:rsidR="00653135">
+        <w:rPr>
+          <w:rStyle w:val="Siln"/>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
         <w:t>6</w:t>
-      </w:r>
-[...12 lines deleted...]
-        <w:t>5</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Siln"/>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve">Department </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>for</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
@@ -793,58 +805,58 @@
         <w:spacing w:before="240" w:line="288" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00B33535" w:rsidRPr="003D43E9" w:rsidSect="0090523C">
       <w:headerReference w:type="even" r:id="rId7"/>
       <w:headerReference w:type="default" r:id="rId8"/>
       <w:footerReference w:type="even" r:id="rId9"/>
       <w:footerReference w:type="default" r:id="rId10"/>
       <w:headerReference w:type="first" r:id="rId11"/>
       <w:footerReference w:type="first" r:id="rId12"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="2127" w:right="1417" w:bottom="568" w:left="1417" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="25A622FB" w14:textId="77777777" w:rsidR="0025005B" w:rsidRDefault="0025005B">
+    <w:p w14:paraId="3627897D" w14:textId="77777777" w:rsidR="00270121" w:rsidRDefault="00270121">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="0C951C01" w14:textId="77777777" w:rsidR="0025005B" w:rsidRDefault="0025005B">
+    <w:p w14:paraId="11F6F9C3" w14:textId="77777777" w:rsidR="00270121" w:rsidRDefault="00270121">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="EE"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
@@ -916,58 +928,58 @@
       <w:pStyle w:val="Zpat"/>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:tab/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="71B55182" w14:textId="77777777" w:rsidR="00261820" w:rsidRDefault="00261820">
     <w:pPr>
       <w:pStyle w:val="Zpat"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="593AC07F" w14:textId="77777777" w:rsidR="0025005B" w:rsidRDefault="0025005B">
+    <w:p w14:paraId="6C638BBB" w14:textId="77777777" w:rsidR="00270121" w:rsidRDefault="00270121">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="62D993AD" w14:textId="77777777" w:rsidR="0025005B" w:rsidRDefault="0025005B">
+    <w:p w14:paraId="5AD2C1F3" w14:textId="77777777" w:rsidR="00270121" w:rsidRDefault="00270121">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="1FD8AA62" w14:textId="77777777" w:rsidR="00261820" w:rsidRDefault="00261820">
     <w:pPr>
       <w:pStyle w:val="Zhlav"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="7731DC20" w14:textId="37349B2A" w:rsidR="004D1E7E" w:rsidRDefault="00C557E4">
     <w:pPr>
       <w:pStyle w:val="Zhlav"/>
     </w:pPr>
     <w:r>
@@ -1544,99 +1556,211 @@
                         <w:color w:val="C80F0C"/>
                         <w:sz w:val="18"/>
                         <w:szCs w:val="18"/>
                       </w:rPr>
                     </w:pPr>
                     <w:r>
                       <w:rPr>
                         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                         <w:b/>
                         <w:bCs/>
                         <w:color w:val="EF870F"/>
                         <w:sz w:val="14"/>
                         <w:szCs w:val="14"/>
                       </w:rPr>
                       <w:br/>
                     </w:r>
                     <w:r w:rsidR="005B52E5">
                       <w:rPr>
                         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                         <w:b/>
                         <w:bCs/>
                         <w:color w:val="C80F0C"/>
                         <w:sz w:val="18"/>
                         <w:szCs w:val="18"/>
                       </w:rPr>
-                      <w:t>Department for Science, Research and Quality</w:t>
+                      <w:t xml:space="preserve">Department </w:t>
                     </w:r>
+                    <w:proofErr w:type="spellStart"/>
+                    <w:r w:rsidR="005B52E5">
+                      <w:rPr>
+                        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                        <w:b/>
+                        <w:bCs/>
+                        <w:color w:val="C80F0C"/>
+                        <w:sz w:val="18"/>
+                        <w:szCs w:val="18"/>
+                      </w:rPr>
+                      <w:t>for</w:t>
+                    </w:r>
+                    <w:proofErr w:type="spellEnd"/>
+                    <w:r w:rsidR="005B52E5">
+                      <w:rPr>
+                        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                        <w:b/>
+                        <w:bCs/>
+                        <w:color w:val="C80F0C"/>
+                        <w:sz w:val="18"/>
+                        <w:szCs w:val="18"/>
+                      </w:rPr>
+                      <w:t xml:space="preserve"> Science, </w:t>
+                    </w:r>
+                    <w:proofErr w:type="spellStart"/>
+                    <w:r w:rsidR="005B52E5">
+                      <w:rPr>
+                        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                        <w:b/>
+                        <w:bCs/>
+                        <w:color w:val="C80F0C"/>
+                        <w:sz w:val="18"/>
+                        <w:szCs w:val="18"/>
+                      </w:rPr>
+                      <w:t>Research</w:t>
+                    </w:r>
+                    <w:proofErr w:type="spellEnd"/>
+                    <w:r w:rsidR="005B52E5">
+                      <w:rPr>
+                        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                        <w:b/>
+                        <w:bCs/>
+                        <w:color w:val="C80F0C"/>
+                        <w:sz w:val="18"/>
+                        <w:szCs w:val="18"/>
+                      </w:rPr>
+                      <w:t xml:space="preserve"> and </w:t>
+                    </w:r>
+                    <w:proofErr w:type="spellStart"/>
+                    <w:r w:rsidR="005B52E5">
+                      <w:rPr>
+                        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                        <w:b/>
+                        <w:bCs/>
+                        <w:color w:val="C80F0C"/>
+                        <w:sz w:val="18"/>
+                        <w:szCs w:val="18"/>
+                      </w:rPr>
+                      <w:t>Quality</w:t>
+                    </w:r>
+                    <w:proofErr w:type="spellEnd"/>
                   </w:p>
                   <w:p w14:paraId="58F62097" w14:textId="59D765E3" w:rsidR="004D1E7E" w:rsidRPr="003D43E9" w:rsidRDefault="005B52E5" w:rsidP="00FD4E06">
                     <w:pPr>
                       <w:spacing w:before="0" w:line="40" w:lineRule="atLeast"/>
                       <w:jc w:val="right"/>
                       <w:rPr>
                         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                         <w:color w:val="C80F0C"/>
                         <w:sz w:val="18"/>
                         <w:szCs w:val="18"/>
                       </w:rPr>
                     </w:pPr>
                     <w:r>
                       <w:rPr>
                         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                         <w:color w:val="C80F0C"/>
                         <w:sz w:val="18"/>
                         <w:szCs w:val="18"/>
                       </w:rPr>
-                      <w:t>Czech University of Life</w:t>
+                      <w:t xml:space="preserve">Czech University </w:t>
                     </w:r>
+                    <w:proofErr w:type="spellStart"/>
+                    <w:r>
+                      <w:rPr>
+                        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                        <w:color w:val="C80F0C"/>
+                        <w:sz w:val="18"/>
+                        <w:szCs w:val="18"/>
+                      </w:rPr>
+                      <w:t>of</w:t>
+                    </w:r>
+                    <w:proofErr w:type="spellEnd"/>
+                    <w:r>
+                      <w:rPr>
+                        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                        <w:color w:val="C80F0C"/>
+                        <w:sz w:val="18"/>
+                        <w:szCs w:val="18"/>
+                      </w:rPr>
+                      <w:t xml:space="preserve"> </w:t>
+                    </w:r>
+                    <w:proofErr w:type="spellStart"/>
+                    <w:r>
+                      <w:rPr>
+                        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                        <w:color w:val="C80F0C"/>
+                        <w:sz w:val="18"/>
+                        <w:szCs w:val="18"/>
+                      </w:rPr>
+                      <w:t>Life</w:t>
+                    </w:r>
+                    <w:proofErr w:type="spellEnd"/>
                     <w:r w:rsidR="00261820">
                       <w:rPr>
                         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                         <w:color w:val="C80F0C"/>
                         <w:sz w:val="18"/>
                         <w:szCs w:val="18"/>
                       </w:rPr>
-                      <w:t xml:space="preserve"> S</w:t>
+                      <w:t xml:space="preserve"> </w:t>
+                    </w:r>
+                    <w:proofErr w:type="spellStart"/>
+                    <w:r w:rsidR="00261820">
+                      <w:rPr>
+                        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                        <w:color w:val="C80F0C"/>
+                        <w:sz w:val="18"/>
+                        <w:szCs w:val="18"/>
+                      </w:rPr>
+                      <w:t>S</w:t>
                     </w:r>
                     <w:r>
                       <w:rPr>
                         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                         <w:color w:val="C80F0C"/>
                         <w:sz w:val="18"/>
                         <w:szCs w:val="18"/>
                       </w:rPr>
                       <w:t>cience</w:t>
                     </w:r>
                     <w:r w:rsidR="00261820">
                       <w:rPr>
                         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                         <w:color w:val="C80F0C"/>
                         <w:sz w:val="18"/>
                         <w:szCs w:val="18"/>
                       </w:rPr>
-                      <w:t>s Prague</w:t>
+                      <w:t>s</w:t>
+                    </w:r>
+                    <w:proofErr w:type="spellEnd"/>
+                    <w:r w:rsidR="00261820">
+                      <w:rPr>
+                        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                        <w:color w:val="C80F0C"/>
+                        <w:sz w:val="18"/>
+                        <w:szCs w:val="18"/>
+                      </w:rPr>
+                      <w:t xml:space="preserve"> Prague</w:t>
                     </w:r>
                     <w:r w:rsidR="004D1E7E" w:rsidRPr="003D43E9">
                       <w:rPr>
                         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                         <w:color w:val="C80F0C"/>
                         <w:sz w:val="18"/>
                         <w:szCs w:val="18"/>
                       </w:rPr>
                       <w:t xml:space="preserve"> </w:t>
                     </w:r>
                     <w:r w:rsidR="004D1E7E" w:rsidRPr="003D43E9">
                       <w:rPr>
                         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                         <w:color w:val="C80F0C"/>
                         <w:sz w:val="18"/>
                         <w:szCs w:val="18"/>
                       </w:rPr>
                       <w:br/>
                       <w:t xml:space="preserve">Kamýcká 129, 165 </w:t>
                     </w:r>
                     <w:r w:rsidR="003D43E9">
                       <w:rPr>
                         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                         <w:color w:val="C80F0C"/>
                         <w:sz w:val="18"/>
@@ -1736,50 +1860,51 @@
                         <w:szCs w:val="18"/>
                       </w:rPr>
                       <w:t>25</w:t>
                     </w:r>
                     <w:r w:rsidRPr="003D43E9">
                       <w:rPr>
                         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                         <w:color w:val="C80F0C"/>
                         <w:sz w:val="18"/>
                         <w:szCs w:val="18"/>
                       </w:rPr>
                       <w:t xml:space="preserve"> </w:t>
                     </w:r>
                   </w:p>
                   <w:p w14:paraId="2D3C0B5A" w14:textId="77777777" w:rsidR="004D1E7E" w:rsidRPr="003D43E9" w:rsidRDefault="008F1A35" w:rsidP="00FD4E06">
                     <w:pPr>
                       <w:spacing w:before="0" w:line="40" w:lineRule="atLeast"/>
                       <w:jc w:val="right"/>
                       <w:rPr>
                         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                         <w:color w:val="C80F0C"/>
                         <w:sz w:val="18"/>
                         <w:szCs w:val="18"/>
                       </w:rPr>
                     </w:pPr>
+                    <w:proofErr w:type="gramStart"/>
                     <w:r w:rsidRPr="003D43E9">
                       <w:rPr>
                         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                         <w:color w:val="C80F0C"/>
                         <w:sz w:val="18"/>
                         <w:szCs w:val="18"/>
                       </w:rPr>
                       <w:t>E-mail</w:t>
                     </w:r>
                     <w:r w:rsidR="004D1E7E" w:rsidRPr="003D43E9">
                       <w:rPr>
                         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                         <w:color w:val="C80F0C"/>
                         <w:sz w:val="18"/>
                         <w:szCs w:val="18"/>
                       </w:rPr>
                       <w:t>:</w:t>
                     </w:r>
                     <w:r w:rsidR="009D6A67">
                       <w:rPr>
                         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                         <w:color w:val="C80F0C"/>
                         <w:sz w:val="18"/>
                         <w:szCs w:val="18"/>
                       </w:rPr>
@@ -1788,51 +1913,61 @@
                     <w:r w:rsidR="004D1E7E" w:rsidRPr="003D43E9">
                       <w:rPr>
                         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                         <w:color w:val="C80F0C"/>
                         <w:sz w:val="18"/>
                         <w:szCs w:val="18"/>
                       </w:rPr>
                       <w:t>@</w:t>
                     </w:r>
                     <w:r w:rsidR="00FF0A82" w:rsidRPr="003D43E9">
                       <w:rPr>
                         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                         <w:color w:val="C80F0C"/>
                         <w:sz w:val="18"/>
                         <w:szCs w:val="18"/>
                       </w:rPr>
                       <w:t>pef.</w:t>
                     </w:r>
                     <w:r w:rsidR="004D1E7E" w:rsidRPr="003D43E9">
                       <w:rPr>
                         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                         <w:color w:val="C80F0C"/>
                         <w:sz w:val="18"/>
                         <w:szCs w:val="18"/>
                       </w:rPr>
-                      <w:t>czu.cz, www.czu.cz</w:t>
+                      <w:t>czu.cz</w:t>
+                    </w:r>
+                    <w:proofErr w:type="gramEnd"/>
+                    <w:r w:rsidR="004D1E7E" w:rsidRPr="003D43E9">
+                      <w:rPr>
+                        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                        <w:color w:val="C80F0C"/>
+                        <w:sz w:val="18"/>
+                        <w:szCs w:val="18"/>
+                      </w:rPr>
+                      <w:t>, www.czu.cz</w:t>
                     </w:r>
                   </w:p>
                   <w:p w14:paraId="738C395C" w14:textId="77777777" w:rsidR="004D1E7E" w:rsidRPr="0027523A" w:rsidRDefault="004D1E7E" w:rsidP="0027523A">
                     <w:pPr>
                       <w:spacing w:line="40" w:lineRule="atLeast"/>
                       <w:jc w:val="right"/>
                       <w:rPr>
                         <w:color w:val="B62933"/>
                         <w:sz w:val="18"/>
                         <w:szCs w:val="18"/>
                       </w:rPr>
                     </w:pPr>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
     <w:r w:rsidR="0074347E">
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <mc:AlternateContent>
@@ -1975,51 +2110,51 @@
                         <a:tailEnd/>
                       </a:ln>
                       <a:extLst>
                         <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                           <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                             <a:noFill/>
                           </a14:hiddenFill>
                         </a:ext>
                       </a:extLst>
                     </wps:spPr>
                     <wps:bodyPr/>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="page">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="page">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
-            <v:line w14:anchorId="4E12A6FE" id="Line 3" o:spid="_x0000_s1026" style="position:absolute;z-index:251658752;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:-3e-5mm;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:-3e-5mm;mso-position-horizontal:left;mso-position-horizontal-relative:margin;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page" from="0,18.55pt" to="459pt,18.55pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDSorlmsQEAAEkDAAAOAAAAZHJzL2Uyb0RvYy54bWysU01vEzEQvSPxHyzfyW5SWpVVNpVIKZcC&#10;kVp+wMT27lp4PZbHySb/nrGbpKjcEBdrvvz85s14eXcYndibSBZ9K+ezWgrjFWrr+1b+fH74cCsF&#10;JfAaHHrTyqMhebd6/245hcYscECnTRQM4qmZQiuHlEJTVaQGMwLNMBjPyQ7jCInd2Fc6wsToo6sW&#10;dX1TTRh1iKgMEUfvX5JyVfC7zqj0o+vIJOFaydxSOWM5t/msVkto+ghhsOpEA/6BxQjW86MXqHtI&#10;IHbR/gU1WhWRsEszhWOFXWeVKT1wN/P6TTdPAwRTemFxKFxkov8Hq77v134TM3V18E/hEdUvEh7X&#10;A/jeFALPx8CDm2epqilQc7mSHQqbKLbTN9RcA7uERYVDF8cMyf2JQxH7eBHbHJJQHLy+XXy6qnkm&#10;6pyroDlfDJHSV4OjyEYrnfVZB2hg/0gpE4HmXJLDHh+sc2WWzouplYvrjwydU4TO6pwtTuy3axfF&#10;HngdPt8wgavS1puyiDuvC9pgQH852Qmse7H5dedPamQB8rZRs0V93MSzSjyvQvO0W3kh/vTL7dcf&#10;sPoNAAD//wMAUEsDBBQABgAIAAAAIQA/RdJJ2QAAAAYBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/N&#10;TsMwEITvSLyDtUjcqBP+WkKcCiHBIRdE4cDRjZc4qr2O4m0b3p5FHOA4M6uZb+v1HIM64JSHRAbK&#10;RQEKqUtuoN7A+9vTxQpUZkvOhkRo4AszrJvTk9pWLh3pFQ8b7pWUUK6sAc88VlrnzmO0eZFGJMk+&#10;0xQti5x67SZ7lPIY9GVR3OpoB5IFb0d89NjtNvtoYGgxjLupveb25YNvfOuXz3o25vxsfrgHxTjz&#10;3zH84As6NMK0TXtyWQUD8ggbuFqWoCS9K1dibH8N3dT6P37zDQAA//8DAFBLAQItABQABgAIAAAA&#10;IQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0A&#10;FAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0A&#10;FAAGAAgAAAAhANKiuWaxAQAASQMAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsB&#10;Ai0AFAAGAAgAAAAhAD9F0knZAAAABgEAAA8AAAAAAAAAAAAAAAAACwQAAGRycy9kb3ducmV2Lnht&#10;bFBLBQYAAAAABAAEAPMAAAARBQAAAAA=&#10;" strokecolor="#b62933" strokeweight="2pt">
+            <v:line w14:anchorId="27AE78FB" id="Line 3" o:spid="_x0000_s1026" style="position:absolute;z-index:251658752;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:-3e-5mm;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:-3e-5mm;mso-position-horizontal:left;mso-position-horizontal-relative:margin;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page" from="0,18.55pt" to="459pt,18.55pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDSorlmsQEAAEkDAAAOAAAAZHJzL2Uyb0RvYy54bWysU01vEzEQvSPxHyzfyW5SWpVVNpVIKZcC&#10;kVp+wMT27lp4PZbHySb/nrGbpKjcEBdrvvz85s14eXcYndibSBZ9K+ezWgrjFWrr+1b+fH74cCsF&#10;JfAaHHrTyqMhebd6/245hcYscECnTRQM4qmZQiuHlEJTVaQGMwLNMBjPyQ7jCInd2Fc6wsToo6sW&#10;dX1TTRh1iKgMEUfvX5JyVfC7zqj0o+vIJOFaydxSOWM5t/msVkto+ghhsOpEA/6BxQjW86MXqHtI&#10;IHbR/gU1WhWRsEszhWOFXWeVKT1wN/P6TTdPAwRTemFxKFxkov8Hq77v134TM3V18E/hEdUvEh7X&#10;A/jeFALPx8CDm2epqilQc7mSHQqbKLbTN9RcA7uERYVDF8cMyf2JQxH7eBHbHJJQHLy+XXy6qnkm&#10;6pyroDlfDJHSV4OjyEYrnfVZB2hg/0gpE4HmXJLDHh+sc2WWzouplYvrjwydU4TO6pwtTuy3axfF&#10;HngdPt8wgavS1puyiDuvC9pgQH852Qmse7H5dedPamQB8rZRs0V93MSzSjyvQvO0W3kh/vTL7dcf&#10;sPoNAAD//wMAUEsDBBQABgAIAAAAIQA/RdJJ2QAAAAYBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/N&#10;TsMwEITvSLyDtUjcqBP+WkKcCiHBIRdE4cDRjZc4qr2O4m0b3p5FHOA4M6uZb+v1HIM64JSHRAbK&#10;RQEKqUtuoN7A+9vTxQpUZkvOhkRo4AszrJvTk9pWLh3pFQ8b7pWUUK6sAc88VlrnzmO0eZFGJMk+&#10;0xQti5x67SZ7lPIY9GVR3OpoB5IFb0d89NjtNvtoYGgxjLupveb25YNvfOuXz3o25vxsfrgHxTjz&#10;3zH84As6NMK0TXtyWQUD8ggbuFqWoCS9K1dibH8N3dT6P37zDQAA//8DAFBLAQItABQABgAIAAAA&#10;IQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0A&#10;FAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0A&#10;FAAGAAgAAAAhANKiuWaxAQAASQMAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsB&#10;Ai0AFAAGAAgAAAAhAD9F0knZAAAABgEAAA8AAAAAAAAAAAAAAAAACwQAAGRycy9kb3ducmV2Lnht&#10;bFBLBQYAAAAABAAEAPMAAAARBQAAAAA=&#10;" strokecolor="#b62933" strokeweight="2pt">
               <w10:wrap anchorx="margin"/>
             </v:line>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
   <w:p w14:paraId="1C268AE9" w14:textId="7024EDDE" w:rsidR="004D1E7E" w:rsidRDefault="004D1E7E" w:rsidP="00FD4E06">
     <w:pPr>
       <w:pStyle w:val="Zhlav"/>
       <w:spacing w:before="0"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="11BB4009" w14:textId="77777777" w:rsidR="00261820" w:rsidRDefault="00261820">
     <w:pPr>
       <w:pStyle w:val="Zhlav"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
@@ -3592,152 +3727,157 @@
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="0074347E"/>
     <w:rsid w:val="0001353F"/>
     <w:rsid w:val="00013740"/>
     <w:rsid w:val="000542AB"/>
     <w:rsid w:val="00082E4F"/>
     <w:rsid w:val="00083ECA"/>
     <w:rsid w:val="0009288E"/>
     <w:rsid w:val="000968A6"/>
     <w:rsid w:val="000B13EE"/>
     <w:rsid w:val="000C1367"/>
     <w:rsid w:val="000D26D8"/>
     <w:rsid w:val="00120312"/>
     <w:rsid w:val="00126ED2"/>
     <w:rsid w:val="00155F8D"/>
     <w:rsid w:val="00165932"/>
     <w:rsid w:val="002032FC"/>
     <w:rsid w:val="00203887"/>
     <w:rsid w:val="00222C44"/>
     <w:rsid w:val="0023188D"/>
     <w:rsid w:val="00244D69"/>
     <w:rsid w:val="0025005B"/>
     <w:rsid w:val="00261820"/>
     <w:rsid w:val="002657BF"/>
+    <w:rsid w:val="00270121"/>
     <w:rsid w:val="0027523A"/>
     <w:rsid w:val="00275469"/>
     <w:rsid w:val="00277F1D"/>
     <w:rsid w:val="00284B50"/>
     <w:rsid w:val="002A2A4A"/>
     <w:rsid w:val="002A30BF"/>
     <w:rsid w:val="002B02BD"/>
     <w:rsid w:val="002E5B75"/>
     <w:rsid w:val="002F0B08"/>
     <w:rsid w:val="002F243C"/>
     <w:rsid w:val="002F6870"/>
     <w:rsid w:val="003014C3"/>
     <w:rsid w:val="00316A39"/>
     <w:rsid w:val="00317FCA"/>
     <w:rsid w:val="0032030F"/>
     <w:rsid w:val="0034585B"/>
     <w:rsid w:val="00355645"/>
     <w:rsid w:val="00373A69"/>
     <w:rsid w:val="00374976"/>
     <w:rsid w:val="00391FBA"/>
     <w:rsid w:val="003A21DC"/>
     <w:rsid w:val="003B7F20"/>
     <w:rsid w:val="003C194E"/>
     <w:rsid w:val="003C6A91"/>
     <w:rsid w:val="003D43E9"/>
     <w:rsid w:val="003F1CCF"/>
     <w:rsid w:val="003F2827"/>
     <w:rsid w:val="00425A8D"/>
     <w:rsid w:val="00435862"/>
     <w:rsid w:val="00440A0F"/>
     <w:rsid w:val="00441FC0"/>
     <w:rsid w:val="00445B2D"/>
+    <w:rsid w:val="0047214A"/>
     <w:rsid w:val="00480373"/>
     <w:rsid w:val="004878C0"/>
     <w:rsid w:val="00497059"/>
     <w:rsid w:val="004A152A"/>
     <w:rsid w:val="004D1E7E"/>
     <w:rsid w:val="004E058B"/>
     <w:rsid w:val="004E643C"/>
     <w:rsid w:val="0051405D"/>
     <w:rsid w:val="0051779A"/>
     <w:rsid w:val="005360A7"/>
     <w:rsid w:val="005376E3"/>
     <w:rsid w:val="00540459"/>
     <w:rsid w:val="00586BEA"/>
     <w:rsid w:val="005B4BC4"/>
     <w:rsid w:val="005B52E5"/>
     <w:rsid w:val="005E4F99"/>
     <w:rsid w:val="005F16E9"/>
     <w:rsid w:val="006133C3"/>
     <w:rsid w:val="00613459"/>
     <w:rsid w:val="00613BB2"/>
     <w:rsid w:val="00631FF8"/>
     <w:rsid w:val="00646B94"/>
+    <w:rsid w:val="00653135"/>
     <w:rsid w:val="00675963"/>
     <w:rsid w:val="00676E35"/>
     <w:rsid w:val="006978D1"/>
     <w:rsid w:val="006A650B"/>
     <w:rsid w:val="006C0959"/>
     <w:rsid w:val="006E06C4"/>
     <w:rsid w:val="006E76E6"/>
     <w:rsid w:val="006F1405"/>
     <w:rsid w:val="00703088"/>
     <w:rsid w:val="00715435"/>
     <w:rsid w:val="00723B3B"/>
     <w:rsid w:val="0073055C"/>
     <w:rsid w:val="0074347E"/>
     <w:rsid w:val="007525C7"/>
     <w:rsid w:val="007670D3"/>
     <w:rsid w:val="007679E1"/>
     <w:rsid w:val="007758B0"/>
     <w:rsid w:val="007A4839"/>
     <w:rsid w:val="007D63A0"/>
     <w:rsid w:val="007E092A"/>
     <w:rsid w:val="007E6717"/>
     <w:rsid w:val="007F4C2E"/>
     <w:rsid w:val="00811172"/>
     <w:rsid w:val="00820FC3"/>
     <w:rsid w:val="008276A4"/>
     <w:rsid w:val="008317F5"/>
     <w:rsid w:val="0084007D"/>
     <w:rsid w:val="0085317F"/>
     <w:rsid w:val="00872257"/>
+    <w:rsid w:val="00882C32"/>
     <w:rsid w:val="00894111"/>
     <w:rsid w:val="008B0594"/>
     <w:rsid w:val="008B56D4"/>
     <w:rsid w:val="008E0D5B"/>
     <w:rsid w:val="008F1A35"/>
     <w:rsid w:val="0090523C"/>
     <w:rsid w:val="0090532C"/>
     <w:rsid w:val="009053C3"/>
     <w:rsid w:val="009102F1"/>
     <w:rsid w:val="00912058"/>
     <w:rsid w:val="00930194"/>
     <w:rsid w:val="00947E62"/>
     <w:rsid w:val="00964090"/>
     <w:rsid w:val="00966EC4"/>
     <w:rsid w:val="009C118D"/>
     <w:rsid w:val="009D6A67"/>
     <w:rsid w:val="00A0713B"/>
     <w:rsid w:val="00A1372D"/>
     <w:rsid w:val="00A258BE"/>
+    <w:rsid w:val="00A87836"/>
     <w:rsid w:val="00AA606A"/>
     <w:rsid w:val="00AC14F1"/>
     <w:rsid w:val="00AE6290"/>
     <w:rsid w:val="00AF19FB"/>
     <w:rsid w:val="00B069A3"/>
     <w:rsid w:val="00B12581"/>
     <w:rsid w:val="00B33535"/>
     <w:rsid w:val="00B43851"/>
     <w:rsid w:val="00BA3B49"/>
     <w:rsid w:val="00BA522F"/>
     <w:rsid w:val="00BD10D4"/>
     <w:rsid w:val="00BD5A14"/>
     <w:rsid w:val="00C34ACD"/>
     <w:rsid w:val="00C34CF6"/>
     <w:rsid w:val="00C557E4"/>
     <w:rsid w:val="00C672A0"/>
     <w:rsid w:val="00C713FB"/>
     <w:rsid w:val="00C90D30"/>
     <w:rsid w:val="00CB5988"/>
     <w:rsid w:val="00CB6729"/>
     <w:rsid w:val="00CB674B"/>
     <w:rsid w:val="00CC6241"/>
     <w:rsid w:val="00D15AFB"/>
     <w:rsid w:val="00D21EC7"/>
     <w:rsid w:val="00D2627D"/>
@@ -4818,71 +4958,71 @@
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>! Hlavičkový papír kvalita.dotx</Template>
+  <Template>! Hlavičkový papír kvalita</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>61</Words>
-  <Characters>335</Characters>
+  <Words>56</Words>
+  <Characters>338</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>8</Lines>
-  <Paragraphs>3</Paragraphs>
+  <Lines>37</Lines>
+  <Paragraphs>12</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Název</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Hewlett-Packard</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>393</CharactersWithSpaces>
+  <CharactersWithSpaces>382</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject>Management</dc:subject>
   <dc:creator>Administrator</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>