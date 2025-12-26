--- v0 (2025-10-26)
+++ v1 (2025-12-26)
@@ -1,50 +1,50 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="09711B72" w14:textId="77777777" w:rsidR="00423C40" w:rsidRDefault="00423C40">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="6"/>
           <w:szCs w:val="6"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableNormal"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="103" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="5077"/>
         <w:gridCol w:w="5185"/>
       </w:tblGrid>
       <w:tr w:rsidR="00423C40" w14:paraId="4CC4E49D" w14:textId="77777777" w:rsidTr="00C879E6">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="2928"/>
@@ -1389,122 +1389,129 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:lang w:val="cs-CZ"/>
         </w:rPr>
         <w:t>řádně</w:t>
       </w:r>
       <w:r w:rsidRPr="00353922">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:lang w:val="cs-CZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00353922">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:spacing w:val="-1"/>
           <w:sz w:val="24"/>
           <w:lang w:val="cs-CZ"/>
         </w:rPr>
         <w:t>zdůvodněna,</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5873AFA9" w14:textId="6AF6C804" w:rsidR="00423C40" w:rsidRPr="00353922" w:rsidRDefault="005118C2">
+    <w:p w14:paraId="5873AFA9" w14:textId="031FF066" w:rsidR="00423C40" w:rsidRPr="00353922" w:rsidRDefault="005118C2">
       <w:pPr>
         <w:pStyle w:val="Zkladntext"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="2930"/>
         </w:tabs>
         <w:spacing w:before="2"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:lang w:val="cs-CZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00353922">
         <w:rPr>
           <w:lang w:val="cs-CZ"/>
         </w:rPr>
         <w:t xml:space="preserve">bude-li žádost doručena na fakultu </w:t>
       </w:r>
       <w:r w:rsidR="0084147F" w:rsidRPr="00FC783E">
         <w:rPr>
           <w:u w:val="single"/>
           <w:lang w:val="cs-CZ"/>
         </w:rPr>
         <w:t xml:space="preserve">do </w:t>
       </w:r>
-      <w:r w:rsidR="00DF5187">
+      <w:r w:rsidR="0045761A">
         <w:rPr>
           <w:u w:val="single"/>
           <w:lang w:val="cs-CZ"/>
         </w:rPr>
-        <w:t>20</w:t>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="00377C97">
+        <w:rPr>
+          <w:u w:val="single"/>
+          <w:lang w:val="cs-CZ"/>
+        </w:rPr>
+        <w:t>7</w:t>
       </w:r>
       <w:r w:rsidR="0053458C" w:rsidRPr="00FC783E">
         <w:rPr>
           <w:u w:val="single"/>
           <w:lang w:val="cs-CZ"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidR="00C879E6" w:rsidRPr="00FC783E">
         <w:rPr>
           <w:u w:val="single"/>
           <w:lang w:val="cs-CZ"/>
         </w:rPr>
         <w:t>7</w:t>
       </w:r>
       <w:r w:rsidR="0053458C" w:rsidRPr="00FC783E">
         <w:rPr>
           <w:u w:val="single"/>
           <w:lang w:val="cs-CZ"/>
         </w:rPr>
         <w:t>. 20</w:t>
       </w:r>
       <w:r w:rsidR="0098631C" w:rsidRPr="00FC783E">
         <w:rPr>
           <w:u w:val="single"/>
           <w:lang w:val="cs-CZ"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
-      <w:r w:rsidR="00DF5187">
+      <w:r w:rsidR="00377C97">
         <w:rPr>
           <w:u w:val="single"/>
           <w:lang w:val="cs-CZ"/>
         </w:rPr>
-        <w:t>3</w:t>
+        <w:t>6</w:t>
       </w:r>
       <w:r w:rsidRPr="00FC783E">
         <w:rPr>
           <w:u w:val="single"/>
           <w:lang w:val="cs-CZ"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6926D822" w14:textId="77777777" w:rsidR="00423C40" w:rsidRPr="00353922" w:rsidRDefault="00423C40">
       <w:pPr>
         <w:spacing w:before="3"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
           <w:lang w:val="cs-CZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="123E8638" w14:textId="77777777" w:rsidR="00423C40" w:rsidRPr="00353922" w:rsidRDefault="005118C2">
       <w:pPr>
         <w:tabs>
@@ -1878,103 +1885,126 @@
         <w:t xml:space="preserve">referentce </w:t>
       </w:r>
       <w:r w:rsidR="005118C2" w:rsidRPr="00710606">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:lang w:val="cs-CZ"/>
         </w:rPr>
         <w:t xml:space="preserve">SO </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4E97FFFF" w14:textId="77777777" w:rsidR="00710606" w:rsidRPr="00710606" w:rsidRDefault="00710606" w:rsidP="00710606">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="2922"/>
         </w:tabs>
         <w:ind w:left="2922"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="cs-CZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="31F8F0CD" w14:textId="0691ADE6" w:rsidR="00423C40" w:rsidRPr="00353922" w:rsidRDefault="005118C2" w:rsidP="00C879E6">
+    <w:p w14:paraId="31F8F0CD" w14:textId="25E4825A" w:rsidR="00423C40" w:rsidRPr="00353922" w:rsidRDefault="005118C2" w:rsidP="00C879E6">
       <w:pPr>
         <w:ind w:right="1773"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="cs-CZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00353922">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:lang w:val="cs-CZ"/>
         </w:rPr>
         <w:t>Náhradní termín zápisu je stanoven na</w:t>
       </w:r>
       <w:r w:rsidRPr="00353922">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:spacing w:val="-1"/>
           <w:sz w:val="24"/>
           <w:lang w:val="cs-CZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00DF5187">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidR="00DF5187" w:rsidRPr="00377C97">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
           <w:spacing w:val="-1"/>
           <w:sz w:val="24"/>
           <w:lang w:val="cs-CZ"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
+      <w:r w:rsidR="00377C97" w:rsidRPr="00377C97">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="cs-CZ"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidR="00A544B5" w:rsidRPr="00377C97">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="cs-CZ"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
       <w:r w:rsidR="00A544B5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:lang w:val="cs-CZ"/>
         </w:rPr>
-        <w:t>2. 9. 202</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00DF5187">
+        <w:t xml:space="preserve"> 9. 202</w:t>
+      </w:r>
+      <w:r w:rsidR="00377C97">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:lang w:val="cs-CZ"/>
         </w:rPr>
-        <w:t>3</w:t>
+        <w:t>6</w:t>
       </w:r>
       <w:r w:rsidR="00353922" w:rsidRPr="00C879E6">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:lang w:val="cs-CZ"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00353922" w:rsidRPr="00353922">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:lang w:val="cs-CZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00353922">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:lang w:val="cs-CZ"/>
@@ -2078,84 +2108,84 @@
           <w:sz w:val="24"/>
           <w:lang w:val="cs-CZ"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidR="00C879E6">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:lang w:val="cs-CZ"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00423C40" w:rsidRPr="00353922">
       <w:type w:val="continuous"/>
       <w:pgSz w:w="11910" w:h="16840"/>
       <w:pgMar w:top="780" w:right="660" w:bottom="280" w:left="760" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="EE"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="235B0FAA"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="3C66A478"/>
     <w:lvl w:ilvl="0" w:tplc="21A4F404">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2929" w:hanging="147"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:hint="default"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="C840CC2A">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3685" w:hanging="147"/>
@@ -2234,126 +2264,129 @@
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="CC2C2F2A">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="8975" w:hanging="147"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="1756124323">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:hyphenationZone w:val="425"/>
   <w:drawingGridHorizontalSpacing w:val="110"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:ulTrailSpace/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00423C40"/>
     <w:rsid w:val="000A0988"/>
+    <w:rsid w:val="001C3EDB"/>
     <w:rsid w:val="002469D0"/>
     <w:rsid w:val="0034178D"/>
     <w:rsid w:val="00353922"/>
+    <w:rsid w:val="00377C97"/>
     <w:rsid w:val="003C5EAE"/>
     <w:rsid w:val="00423C40"/>
+    <w:rsid w:val="0045761A"/>
     <w:rsid w:val="004726F6"/>
     <w:rsid w:val="004E74E4"/>
     <w:rsid w:val="005118C2"/>
     <w:rsid w:val="0053458C"/>
     <w:rsid w:val="006D3D6D"/>
     <w:rsid w:val="00710606"/>
     <w:rsid w:val="007D5E4B"/>
     <w:rsid w:val="0084147F"/>
     <w:rsid w:val="00872E9E"/>
     <w:rsid w:val="0098631C"/>
     <w:rsid w:val="00A00CE2"/>
     <w:rsid w:val="00A13EAF"/>
     <w:rsid w:val="00A544B5"/>
     <w:rsid w:val="00BA0F76"/>
     <w:rsid w:val="00C879E6"/>
     <w:rsid w:val="00C91CD6"/>
     <w:rsid w:val="00DF5187"/>
     <w:rsid w:val="00F037FC"/>
     <w:rsid w:val="00FC783E"/>
     <w:rsid w:val="00FF7C36"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="cs-CZ"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="7371B46F"/>
   <w15:docId w15:val="{AA546D6D-C51B-45F3-9D82-AEB813559B2D}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:widowControl w:val="0"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -2817,51 +2850,54 @@
     <w:basedOn w:val="Standardnpsmoodstavce"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="0098631C"/>
     <w:rPr>
       <w:color w:val="800080" w:themeColor="followedHyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Zdraznn">
     <w:name w:val="Emphasis"/>
     <w:basedOn w:val="Standardnpsmoodstavce"/>
     <w:uiPriority w:val="20"/>
     <w:qFormat/>
     <w:rsid w:val="0098631C"/>
     <w:rPr>
       <w:i/>
       <w:iCs/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh"/>
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:relyOnVML/>
+  <w:allowPNG/>
+</w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.masters.pef.czu.cz" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
@@ -3113,74 +3149,74 @@
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
   <Words>159</Words>
-  <Characters>941</Characters>
+  <Characters>940</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>7</Lines>
   <Paragraphs>2</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Název</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Žádost o přezkoumání rozhodnutí výsledku</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>ČZU PRAHA</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1098</CharactersWithSpaces>
+  <CharactersWithSpaces>1097</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Žádost o přezkoumání rozhodnutí výsledku</dc:title>
   <dc:creator>bernikova</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="Created">
     <vt:filetime>2013-06-21T00:00:00Z</vt:filetime>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="LastSaved">
     <vt:filetime>2015-06-18T00:00:00Z</vt:filetime>