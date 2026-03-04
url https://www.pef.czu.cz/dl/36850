--- v0 (2025-10-13)
+++ v1 (2026-03-04)
@@ -1,40 +1,44 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="0911A0CE" w14:textId="330021BA" w:rsidR="007E6717" w:rsidRPr="00FE0DF9" w:rsidRDefault="00AA606A" w:rsidP="00FE0DF9">
       <w:pPr>
         <w:pStyle w:val="Nadpis1"/>
         <w:spacing w:before="240" w:after="0"/>
         <w:ind w:left="397" w:hanging="397"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
           <w:color w:val="C80C0F"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
@@ -118,89 +122,89 @@
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>Forma studia:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="34A3BF8B" w14:textId="77777777" w:rsidR="00AA606A" w:rsidRDefault="00AA606A" w:rsidP="00AA606A">
       <w:pPr>
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>Rámcové téma disertační práce:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="08F8002E" w14:textId="77777777" w:rsidR="00AA606A" w:rsidRDefault="00AA606A" w:rsidP="00AA606A">
       <w:pPr>
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="46EBC90C" w14:textId="1D1B4834" w:rsidR="00AA606A" w:rsidRPr="00AA606A" w:rsidRDefault="00AA606A" w:rsidP="00AA606A">
+    <w:p w14:paraId="46EBC90C" w14:textId="1F6E2A0E" w:rsidR="00AA606A" w:rsidRPr="00AA606A" w:rsidRDefault="00AA606A" w:rsidP="00AA606A">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AA606A">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>ZÁMĚR DISERTAČNÍ PRÁCE (max 2 strany A4 – termín odevzdání 1</w:t>
       </w:r>
-      <w:r w:rsidR="00CB7564">
+      <w:r w:rsidR="0032544A">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t>6</w:t>
+        <w:t>5</w:t>
       </w:r>
       <w:r w:rsidRPr="00AA606A">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>. 5. 202</w:t>
       </w:r>
-      <w:r w:rsidR="00CB7564">
+      <w:r w:rsidR="0032544A">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t>5</w:t>
+        <w:t>6</w:t>
       </w:r>
       <w:r w:rsidRPr="00AA606A">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> na Oddělené pro vědu, výzkum a kvalitu PEF, ČZU v Praze):</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="53E16899" w14:textId="77777777" w:rsidR="00AA606A" w:rsidRPr="00AA606A" w:rsidRDefault="00AA606A" w:rsidP="00AA606A">
       <w:pPr>
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7D9723AD" w14:textId="099CFFCC" w:rsidR="006F1405" w:rsidRDefault="006F1405" w:rsidP="00C672A0">
       <w:pPr>
         <w:ind w:left="3119" w:firstLine="563"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
@@ -441,184 +445,217 @@
       </w:r>
     </w:p>
     <w:p w14:paraId="793BCBAE" w14:textId="77777777" w:rsidR="00AA606A" w:rsidRPr="00AA606A" w:rsidRDefault="00AA606A" w:rsidP="00AA606A">
       <w:pPr>
         <w:spacing w:before="240" w:line="288" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0ADCEFC0" w14:textId="0AF86C0A" w:rsidR="00B33535" w:rsidRPr="003D43E9" w:rsidRDefault="00AA606A" w:rsidP="00AA606A">
       <w:pPr>
         <w:spacing w:before="240" w:line="288" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AA606A">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>Vyjádření katedry (datum a podpis):</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00B33535" w:rsidRPr="003D43E9" w:rsidSect="0090523C">
-      <w:headerReference w:type="default" r:id="rId7"/>
-      <w:footerReference w:type="default" r:id="rId8"/>
+      <w:headerReference w:type="even" r:id="rId7"/>
+      <w:headerReference w:type="default" r:id="rId8"/>
+      <w:footerReference w:type="even" r:id="rId9"/>
+      <w:footerReference w:type="default" r:id="rId10"/>
+      <w:headerReference w:type="first" r:id="rId11"/>
+      <w:footerReference w:type="first" r:id="rId12"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="2127" w:right="1417" w:bottom="568" w:left="1417" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="3F2BC776" w14:textId="77777777" w:rsidR="00CE4F01" w:rsidRDefault="00CE4F01">
+    <w:p w14:paraId="49427714" w14:textId="77777777" w:rsidR="008500AD" w:rsidRDefault="008500AD">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="61A29975" w14:textId="77777777" w:rsidR="00CE4F01" w:rsidRDefault="00CE4F01">
+    <w:p w14:paraId="2835F6F3" w14:textId="77777777" w:rsidR="008500AD" w:rsidRDefault="008500AD">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
-    <w:charset w:val="EE"/>
+    <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="EE"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
-    <w:charset w:val="EE"/>
+    <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Microsoft Uighur">
-    <w:panose1 w:val="02000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="80002023" w:usb1="80000002" w:usb2="00000008" w:usb3="00000000" w:csb0="00000041" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="46648060" w14:textId="77777777" w:rsidR="0032544A" w:rsidRDefault="0032544A">
+    <w:pPr>
+      <w:pStyle w:val="Zpat"/>
+    </w:pPr>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="10975B34" w14:textId="77777777" w:rsidR="004D1E7E" w:rsidRPr="004D1E7E" w:rsidRDefault="004D1E7E" w:rsidP="004D1E7E">
     <w:pPr>
       <w:pStyle w:val="Zpat"/>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:tab/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
+<file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="199CA9AF" w14:textId="77777777" w:rsidR="0032544A" w:rsidRDefault="0032544A">
+    <w:pPr>
+      <w:pStyle w:val="Zpat"/>
+    </w:pPr>
+  </w:p>
+</w:ftr>
+</file>
+
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="287AF8B6" w14:textId="77777777" w:rsidR="00CE4F01" w:rsidRDefault="00CE4F01">
+    <w:p w14:paraId="1FA2514D" w14:textId="77777777" w:rsidR="008500AD" w:rsidRDefault="008500AD">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="03408F01" w14:textId="77777777" w:rsidR="00CE4F01" w:rsidRDefault="00CE4F01">
+    <w:p w14:paraId="27473A4E" w14:textId="77777777" w:rsidR="008500AD" w:rsidRDefault="008500AD">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="7AF5145A" w14:textId="77777777" w:rsidR="0032544A" w:rsidRDefault="0032544A">
+    <w:pPr>
+      <w:pStyle w:val="Zhlav"/>
+    </w:pPr>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="7731DC20" w14:textId="51C03A63" w:rsidR="004D1E7E" w:rsidRDefault="0074347E">
     <w:pPr>
       <w:pStyle w:val="Zhlav"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251663872" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="047CDDD5" wp14:editId="350D13E0">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>2514600</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>5080</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="3314700" cy="914400"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapNone/>
               <wp:docPr id="6" name="Text Box 9"/>
               <wp:cNvGraphicFramePr>
@@ -811,78 +848,87 @@
                               <w:color w:val="C80F0C"/>
                               <w:sz w:val="18"/>
                               <w:szCs w:val="18"/>
                             </w:rPr>
                             <w:t xml:space="preserve"> 3</w:t>
                           </w:r>
                           <w:r w:rsidR="009D6A67">
                             <w:rPr>
                               <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                               <w:color w:val="C80F0C"/>
                               <w:sz w:val="18"/>
                               <w:szCs w:val="18"/>
                             </w:rPr>
                             <w:t>25</w:t>
                           </w:r>
                           <w:r w:rsidRPr="003D43E9">
                             <w:rPr>
                               <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                               <w:color w:val="C80F0C"/>
                               <w:sz w:val="18"/>
                               <w:szCs w:val="18"/>
                             </w:rPr>
                             <w:t xml:space="preserve"> </w:t>
                           </w:r>
                         </w:p>
-                        <w:p w14:paraId="2D3C0B5A" w14:textId="77777777" w:rsidR="004D1E7E" w:rsidRPr="003D43E9" w:rsidRDefault="008F1A35" w:rsidP="00FD4E06">
+                        <w:p w14:paraId="2D3C0B5A" w14:textId="2A26630F" w:rsidR="004D1E7E" w:rsidRPr="003D43E9" w:rsidRDefault="008F1A35" w:rsidP="00FD4E06">
                           <w:pPr>
                             <w:spacing w:before="0" w:line="40" w:lineRule="atLeast"/>
                             <w:jc w:val="right"/>
                             <w:rPr>
                               <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                               <w:color w:val="C80F0C"/>
                               <w:sz w:val="18"/>
                               <w:szCs w:val="18"/>
                             </w:rPr>
                           </w:pPr>
                           <w:r w:rsidRPr="003D43E9">
                             <w:rPr>
                               <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                               <w:color w:val="C80F0C"/>
                               <w:sz w:val="18"/>
                               <w:szCs w:val="18"/>
                             </w:rPr>
                             <w:t>E-mail</w:t>
                           </w:r>
                           <w:r w:rsidR="004D1E7E" w:rsidRPr="003D43E9">
                             <w:rPr>
                               <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                               <w:color w:val="C80F0C"/>
                               <w:sz w:val="18"/>
                               <w:szCs w:val="18"/>
                             </w:rPr>
                             <w:t>:</w:t>
+                          </w:r>
+                          <w:r w:rsidR="0032544A">
+                            <w:rPr>
+                              <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                              <w:color w:val="C80F0C"/>
+                              <w:sz w:val="18"/>
+                              <w:szCs w:val="18"/>
+                            </w:rPr>
+                            <w:t xml:space="preserve"> </w:t>
                           </w:r>
                           <w:r w:rsidR="009D6A67">
                             <w:rPr>
                               <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                               <w:color w:val="C80F0C"/>
                               <w:sz w:val="18"/>
                               <w:szCs w:val="18"/>
                             </w:rPr>
                             <w:t>sana</w:t>
                           </w:r>
                           <w:r w:rsidR="004D1E7E" w:rsidRPr="003D43E9">
                             <w:rPr>
                               <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                               <w:color w:val="C80F0C"/>
                               <w:sz w:val="18"/>
                               <w:szCs w:val="18"/>
                             </w:rPr>
                             <w:t>@</w:t>
                           </w:r>
                           <w:r w:rsidR="00FF0A82" w:rsidRPr="003D43E9">
                             <w:rPr>
                               <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                               <w:color w:val="C80F0C"/>
                               <w:sz w:val="18"/>
                               <w:szCs w:val="18"/>
@@ -1083,78 +1129,87 @@
                         <w:color w:val="C80F0C"/>
                         <w:sz w:val="18"/>
                         <w:szCs w:val="18"/>
                       </w:rPr>
                       <w:t xml:space="preserve"> 3</w:t>
                     </w:r>
                     <w:r w:rsidR="009D6A67">
                       <w:rPr>
                         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                         <w:color w:val="C80F0C"/>
                         <w:sz w:val="18"/>
                         <w:szCs w:val="18"/>
                       </w:rPr>
                       <w:t>25</w:t>
                     </w:r>
                     <w:r w:rsidRPr="003D43E9">
                       <w:rPr>
                         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                         <w:color w:val="C80F0C"/>
                         <w:sz w:val="18"/>
                         <w:szCs w:val="18"/>
                       </w:rPr>
                       <w:t xml:space="preserve"> </w:t>
                     </w:r>
                   </w:p>
-                  <w:p w14:paraId="2D3C0B5A" w14:textId="77777777" w:rsidR="004D1E7E" w:rsidRPr="003D43E9" w:rsidRDefault="008F1A35" w:rsidP="00FD4E06">
+                  <w:p w14:paraId="2D3C0B5A" w14:textId="2A26630F" w:rsidR="004D1E7E" w:rsidRPr="003D43E9" w:rsidRDefault="008F1A35" w:rsidP="00FD4E06">
                     <w:pPr>
                       <w:spacing w:before="0" w:line="40" w:lineRule="atLeast"/>
                       <w:jc w:val="right"/>
                       <w:rPr>
                         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                         <w:color w:val="C80F0C"/>
                         <w:sz w:val="18"/>
                         <w:szCs w:val="18"/>
                       </w:rPr>
                     </w:pPr>
                     <w:r w:rsidRPr="003D43E9">
                       <w:rPr>
                         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                         <w:color w:val="C80F0C"/>
                         <w:sz w:val="18"/>
                         <w:szCs w:val="18"/>
                       </w:rPr>
                       <w:t>E-mail</w:t>
                     </w:r>
                     <w:r w:rsidR="004D1E7E" w:rsidRPr="003D43E9">
                       <w:rPr>
                         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                         <w:color w:val="C80F0C"/>
                         <w:sz w:val="18"/>
                         <w:szCs w:val="18"/>
                       </w:rPr>
                       <w:t>:</w:t>
+                    </w:r>
+                    <w:r w:rsidR="0032544A">
+                      <w:rPr>
+                        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                        <w:color w:val="C80F0C"/>
+                        <w:sz w:val="18"/>
+                        <w:szCs w:val="18"/>
+                      </w:rPr>
+                      <w:t xml:space="preserve"> </w:t>
                     </w:r>
                     <w:r w:rsidR="009D6A67">
                       <w:rPr>
                         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                         <w:color w:val="C80F0C"/>
                         <w:sz w:val="18"/>
                         <w:szCs w:val="18"/>
                       </w:rPr>
                       <w:t>sana</w:t>
                     </w:r>
                     <w:r w:rsidR="004D1E7E" w:rsidRPr="003D43E9">
                       <w:rPr>
                         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                         <w:color w:val="C80F0C"/>
                         <w:sz w:val="18"/>
                         <w:szCs w:val="18"/>
                       </w:rPr>
                       <w:t>@</w:t>
                     </w:r>
                     <w:r w:rsidR="00FF0A82" w:rsidRPr="003D43E9">
                       <w:rPr>
                         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                         <w:color w:val="C80F0C"/>
                         <w:sz w:val="18"/>
                         <w:szCs w:val="18"/>
@@ -1338,51 +1393,51 @@
                     <w:r>
                       <w:rPr>
                         <w:rFonts w:cstheme="minorHAnsi"/>
                         <w:bCs/>
                         <w:noProof/>
                         <w:color w:val="222222"/>
                       </w:rPr>
                       <w:drawing>
                         <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="019C1C6D" wp14:editId="5CFB2749">
                           <wp:extent cx="3319635" cy="780415"/>
                           <wp:effectExtent l="0" t="0" r="0" b="0"/>
                           <wp:docPr id="9" name="Obrázek 9" descr="C:\Users\jabko\AppData\Local\Microsoft\Windows\INetCache\Content.Word\CZU_PEF_barva_RGB.png"/>
                           <wp:cNvGraphicFramePr>
                             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                           </wp:cNvGraphicFramePr>
                           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                                 <pic:nvPicPr>
                                   <pic:cNvPr id="0" name="Picture 3" descr="C:\Users\jabko\AppData\Local\Microsoft\Windows\INetCache\Content.Word\CZU_PEF_barva_RGB.png"/>
                                   <pic:cNvPicPr>
                                     <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                                   </pic:cNvPicPr>
                                 </pic:nvPicPr>
                                 <pic:blipFill rotWithShape="1">
-                                  <a:blip r:embed="rId2" cstate="print">
+                                  <a:blip r:embed="rId1" cstate="print">
                                     <a:extLst>
                                       <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                                         <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                                       </a:ext>
                                     </a:extLst>
                                   </a:blip>
                                   <a:srcRect l="7184" t="22847" b="12548"/>
                                   <a:stretch/>
                                 </pic:blipFill>
                                 <pic:spPr bwMode="auto">
                                   <a:xfrm>
                                     <a:off x="0" y="0"/>
                                     <a:ext cx="3348020" cy="787088"/>
                                   </a:xfrm>
                                   <a:prstGeom prst="rect">
                                     <a:avLst/>
                                   </a:prstGeom>
                                   <a:noFill/>
                                   <a:ln>
                                     <a:noFill/>
                                   </a:ln>
                                   <a:extLst>
                                     <a:ext uri="{53640926-AAD7-44D8-BBD7-CCE9431645EC}">
                                       <a14:shadowObscured xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
                                     </a:ext>
@@ -1468,50 +1523,60 @@
                     </wps:spPr>
                     <wps:bodyPr/>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="page">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="page">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
             <v:line w14:anchorId="267B4ED6" id="Line 3" o:spid="_x0000_s1026" style="position:absolute;z-index:251658752;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:-3e-5mm;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:-3e-5mm;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page" from="0,32.9pt" to="459pt,32.9pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDSorlmsQEAAEkDAAAOAAAAZHJzL2Uyb0RvYy54bWysU01vEzEQvSPxHyzfyW5SWpVVNpVIKZcC&#10;kVp+wMT27lp4PZbHySb/nrGbpKjcEBdrvvz85s14eXcYndibSBZ9K+ezWgrjFWrr+1b+fH74cCsF&#10;JfAaHHrTyqMhebd6/245hcYscECnTRQM4qmZQiuHlEJTVaQGMwLNMBjPyQ7jCInd2Fc6wsToo6sW&#10;dX1TTRh1iKgMEUfvX5JyVfC7zqj0o+vIJOFaydxSOWM5t/msVkto+ghhsOpEA/6BxQjW86MXqHtI&#10;IHbR/gU1WhWRsEszhWOFXWeVKT1wN/P6TTdPAwRTemFxKFxkov8Hq77v134TM3V18E/hEdUvEh7X&#10;A/jeFALPx8CDm2epqilQc7mSHQqbKLbTN9RcA7uERYVDF8cMyf2JQxH7eBHbHJJQHLy+XXy6qnkm&#10;6pyroDlfDJHSV4OjyEYrnfVZB2hg/0gpE4HmXJLDHh+sc2WWzouplYvrjwydU4TO6pwtTuy3axfF&#10;HngdPt8wgavS1puyiDuvC9pgQH852Qmse7H5dedPamQB8rZRs0V93MSzSjyvQvO0W3kh/vTL7dcf&#10;sPoNAAD//wMAUEsDBBQABgAIAAAAIQAmZAU52QAAAAYBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/B&#10;TsMwEETvSPyDtUjcqFNES0njVAgJDrkgCgeObryNo9rrKN624e9ZxAGOM7OaeVttphjUCcfcJzIw&#10;nxWgkNrkeuoMfLw/36xAZbbkbEiEBr4ww6a+vKhs6dKZ3vC05U5JCeXSGvDMQ6l1bj1Gm2dpQJJs&#10;n8ZoWeTYaTfas5THoG+LYqmj7UkWvB3wyWN72B6jgb7BMBzG5o6b109e+Mbfv+jJmOur6XENinHi&#10;v2P4wRd0qIVpl47ksgoG5BE2sFwIv6QP85UYu19D15X+j19/AwAA//8DAFBLAQItABQABgAIAAAA&#10;IQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0A&#10;FAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0A&#10;FAAGAAgAAAAhANKiuWaxAQAASQMAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsB&#10;Ai0AFAAGAAgAAAAhACZkBTnZAAAABgEAAA8AAAAAAAAAAAAAAAAACwQAAGRycy9kb3ducmV2Lnht&#10;bFBLBQYAAAAABAAEAPMAAAARBQAAAAA=&#10;" strokecolor="#b62933" strokeweight="2pt"/>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
+<file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="779C9BCB" w14:textId="77777777" w:rsidR="0032544A" w:rsidRDefault="0032544A">
+    <w:pPr>
+      <w:pStyle w:val="Zhlav"/>
+    </w:pPr>
+  </w:p>
+</w:hdr>
+</file>
+
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0D122DDF"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="E2AA37B6"/>
     <w:lvl w:ilvl="0" w:tplc="04050001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04050003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
@@ -3007,50 +3072,51 @@
   </w:num>
   <w:num w:numId="8" w16cid:durableId="212885847">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="9" w16cid:durableId="640966953">
     <w:abstractNumId w:val="11"/>
   </w:num>
   <w:num w:numId="10" w16cid:durableId="379474998">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="11" w16cid:durableId="1770658748">
     <w:abstractNumId w:val="10"/>
   </w:num>
   <w:num w:numId="12" w16cid:durableId="760495668">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="13" w16cid:durableId="514073796">
     <w:abstractNumId w:val="3"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:attachedTemplate r:id="rId1"/>
   <w:stylePaneFormatFilter w:val="3F08" w:allStyles="0" w:customStyles="0" w:latentStyles="0" w:stylesInUse="1" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050">
       <o:colormru v:ext="edit" colors="#e8952e,#4b9746,#0295a0,#f15622,#673213,#b62933"/>
     </o:shapedefaults>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
@@ -3069,50 +3135,51 @@
     <w:rsid w:val="000D26D8"/>
     <w:rsid w:val="00120312"/>
     <w:rsid w:val="00126ED2"/>
     <w:rsid w:val="00155F8D"/>
     <w:rsid w:val="00165932"/>
     <w:rsid w:val="002032FC"/>
     <w:rsid w:val="00203887"/>
     <w:rsid w:val="00222C44"/>
     <w:rsid w:val="0023188D"/>
     <w:rsid w:val="002657BF"/>
     <w:rsid w:val="0027523A"/>
     <w:rsid w:val="00275469"/>
     <w:rsid w:val="00277F1D"/>
     <w:rsid w:val="00284B50"/>
     <w:rsid w:val="002A2A4A"/>
     <w:rsid w:val="002A30BF"/>
     <w:rsid w:val="002A7CBC"/>
     <w:rsid w:val="002B02BD"/>
     <w:rsid w:val="002E5B75"/>
     <w:rsid w:val="002F0B08"/>
     <w:rsid w:val="002F6870"/>
     <w:rsid w:val="003014C3"/>
     <w:rsid w:val="00316A39"/>
     <w:rsid w:val="00317FCA"/>
     <w:rsid w:val="0032030F"/>
+    <w:rsid w:val="0032544A"/>
     <w:rsid w:val="0034585B"/>
     <w:rsid w:val="00355645"/>
     <w:rsid w:val="00373A69"/>
     <w:rsid w:val="00374976"/>
     <w:rsid w:val="00391FBA"/>
     <w:rsid w:val="003A21DC"/>
     <w:rsid w:val="003B7F20"/>
     <w:rsid w:val="003C194E"/>
     <w:rsid w:val="003C6A91"/>
     <w:rsid w:val="003D43E9"/>
     <w:rsid w:val="003F1CCF"/>
     <w:rsid w:val="003F2827"/>
     <w:rsid w:val="00425A8D"/>
     <w:rsid w:val="00435862"/>
     <w:rsid w:val="00440A0F"/>
     <w:rsid w:val="00441FC0"/>
     <w:rsid w:val="00445B2D"/>
     <w:rsid w:val="00480373"/>
     <w:rsid w:val="004878C0"/>
     <w:rsid w:val="00497059"/>
     <w:rsid w:val="004A152A"/>
     <w:rsid w:val="004D1E7E"/>
     <w:rsid w:val="004E058B"/>
     <w:rsid w:val="004E643C"/>
     <w:rsid w:val="0051405D"/>
@@ -3132,54 +3199,56 @@
     <w:rsid w:val="006978D1"/>
     <w:rsid w:val="006A650B"/>
     <w:rsid w:val="006C0959"/>
     <w:rsid w:val="006E06C4"/>
     <w:rsid w:val="006E76E6"/>
     <w:rsid w:val="006F1405"/>
     <w:rsid w:val="00703088"/>
     <w:rsid w:val="00715435"/>
     <w:rsid w:val="00723B3B"/>
     <w:rsid w:val="0073055C"/>
     <w:rsid w:val="0074347E"/>
     <w:rsid w:val="007525C7"/>
     <w:rsid w:val="007670D3"/>
     <w:rsid w:val="007679E1"/>
     <w:rsid w:val="007758B0"/>
     <w:rsid w:val="007A4839"/>
     <w:rsid w:val="007D63A0"/>
     <w:rsid w:val="007E092A"/>
     <w:rsid w:val="007E6717"/>
     <w:rsid w:val="007F4C2E"/>
     <w:rsid w:val="00811172"/>
     <w:rsid w:val="00820FC3"/>
     <w:rsid w:val="008276A4"/>
     <w:rsid w:val="008317F5"/>
     <w:rsid w:val="0084007D"/>
+    <w:rsid w:val="008500AD"/>
     <w:rsid w:val="00872257"/>
     <w:rsid w:val="00894111"/>
     <w:rsid w:val="008B0594"/>
     <w:rsid w:val="008B56D4"/>
+    <w:rsid w:val="008D4FE3"/>
     <w:rsid w:val="008D6910"/>
     <w:rsid w:val="008E0D5B"/>
     <w:rsid w:val="008F1A35"/>
     <w:rsid w:val="0090523C"/>
     <w:rsid w:val="0090532C"/>
     <w:rsid w:val="009053C3"/>
     <w:rsid w:val="009102F1"/>
     <w:rsid w:val="00912058"/>
     <w:rsid w:val="00930194"/>
     <w:rsid w:val="00947E62"/>
     <w:rsid w:val="00964090"/>
     <w:rsid w:val="00966EC4"/>
     <w:rsid w:val="009C118D"/>
     <w:rsid w:val="009D6A67"/>
     <w:rsid w:val="00A06E6B"/>
     <w:rsid w:val="00A0713B"/>
     <w:rsid w:val="00A1372D"/>
     <w:rsid w:val="00A258BE"/>
     <w:rsid w:val="00AA606A"/>
     <w:rsid w:val="00AC14F1"/>
     <w:rsid w:val="00AE6290"/>
     <w:rsid w:val="00AF19FB"/>
     <w:rsid w:val="00B069A3"/>
     <w:rsid w:val="00B12581"/>
     <w:rsid w:val="00B33535"/>
@@ -3937,55 +4006,55 @@
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="834496203">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
-<file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image10.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
+<file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/_rels/settings.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="file:///C:\Users\houska\OneDrive%20-%20CZU%20v%20Praze\D&#283;kan&#225;t\Kvalita\!%20Hlavi&#269;kov&#253;%20pap&#237;r%20kvalita.dotx" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Motiv sady Office">
   <a:themeElements>
     <a:clrScheme name="Kancelář">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
@@ -4236,68 +4305,68 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>! Hlavičkový papír kvalita.dotx</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>51</Words>
-  <Characters>283</Characters>
+  <Words>48</Words>
+  <Characters>286</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>7</Lines>
-  <Paragraphs>3</Paragraphs>
+  <Lines>2</Lines>
+  <Paragraphs>1</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Název</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Hewlett-Packard</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>331</CharactersWithSpaces>
+  <CharactersWithSpaces>333</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject>Management</dc:subject>
   <dc:creator>Administrator</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>